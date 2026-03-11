--- v0 (2025-10-28)
+++ v1 (2026-03-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="306">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="296">
   <si>
     <t>शाखा / महशाखा</t>
   </si>
   <si>
     <t>क्र. स.</t>
   </si>
   <si>
     <t>पद</t>
   </si>
   <si>
     <t>पुरा नाम</t>
   </si>
   <si>
     <t>आन्तरिक</t>
   </si>
   <si>
     <t>फोन न.</t>
   </si>
   <si>
     <t>मोबाईल</t>
   </si>
   <si>
     <t>महालेखा नियन्त्रक कार्यकक्ष</t>
   </si>
   <si>
@@ -89,858 +89,828 @@
   <si>
     <t>श्री तेजेन्द्र भट्टराई</t>
   </si>
   <si>
     <t>९८४३०६०४७३</t>
   </si>
   <si>
     <t>का.स.</t>
   </si>
   <si>
     <t>श्री श्याम माया लामा</t>
   </si>
   <si>
     <t>९८४९२०९०५०</t>
   </si>
   <si>
     <t>ह.स.चा.</t>
   </si>
   <si>
     <t>श्री राजन खत्री</t>
   </si>
   <si>
     <t>९८४१४८४२६६</t>
   </si>
   <si>
-    <t>मानव स्रोत व्यस्थापन महाशाखा</t>
+    <t>मानवस्रोत तथा योजना महाशाखा</t>
   </si>
   <si>
     <t>सह- म.ले.नि.</t>
   </si>
   <si>
     <t>श्री दिपक लामिछाने</t>
   </si>
   <si>
     <t>२८१</t>
   </si>
   <si>
     <t>४७७०८९५</t>
   </si>
   <si>
     <t>कम्प्यूटर अपरेटर (पि.ए.)</t>
   </si>
   <si>
     <t>श्री घनश्याम खरेल</t>
   </si>
   <si>
     <t>२७५</t>
   </si>
   <si>
     <t>९८५१११६४४७</t>
   </si>
   <si>
     <t>श्री जोगेन्द्र खड्का</t>
   </si>
   <si>
     <t>९८४१७८६७३९</t>
   </si>
   <si>
     <t>कार्यालय सहयोगी</t>
   </si>
   <si>
     <t>श्री सुभद्रा खत्री के.सी.</t>
   </si>
   <si>
     <t>९८४३१८५८८८</t>
   </si>
   <si>
-    <t>बजेट, आन्तरिक लेखापरिक्षण सम्पती तथा दायित्व व्यवस्थापन महाशाखा</t>
+    <t>लेखापरीक्षण, सम्पत्ति तथा बजेट महाशाखा</t>
   </si>
   <si>
     <t>श्री सुशीला अर्याल</t>
   </si>
   <si>
     <t>२८५</t>
   </si>
   <si>
     <t>४७७०३७५</t>
   </si>
   <si>
     <t>९८४१४९१२६४</t>
   </si>
   <si>
     <t>श्री भाष्करदत्त पन्त</t>
   </si>
   <si>
     <t>२४०</t>
   </si>
   <si>
     <t>९८४९४१६३४९</t>
   </si>
   <si>
     <t>श्री सरस्वती मैनाली</t>
   </si>
   <si>
     <t>९८४१३७७४२३</t>
   </si>
   <si>
     <t>श्री चन्द्र सिंह लामा</t>
   </si>
   <si>
     <t>९८४१९४६८७८</t>
   </si>
   <si>
-    <t>कोष व्यवस्थापन तथा सूचना प्रविधि महाशाखा</t>
+    <t>कोष व्यवस्थापन तथा प्रतिवेदन महाशाखा</t>
   </si>
   <si>
     <t>सह-म.ले.नि.</t>
   </si>
   <si>
     <t>श्री यमुना प्रधान</t>
   </si>
   <si>
     <t>२६९</t>
   </si>
   <si>
     <t>०१-४७७०७०६</t>
   </si>
   <si>
     <t>लेखापाल (पि ए)</t>
   </si>
   <si>
-    <t>श्री कोपिला थापा</t>
+    <t>श्री बम बहादुर वि.क.</t>
   </si>
   <si>
     <t>२१२</t>
   </si>
   <si>
     <t>४७७०७०६</t>
   </si>
   <si>
-    <t>९८५४०४५१५९</t>
+    <t>९७४१६६९२४२</t>
   </si>
   <si>
     <t>श्री कर्ण बहादुर तामाङ</t>
   </si>
   <si>
     <t>९८४९२७०१७४</t>
   </si>
   <si>
+    <t>श्री रमा बस्नेत</t>
+  </si>
+  <si>
+    <t>९८४३९३७०१७</t>
+  </si>
+  <si>
+    <t>आन्तरिक तथा आर्थिक प्रशासन शाखा</t>
+  </si>
+  <si>
+    <t>उप - म.ले.नि.</t>
+  </si>
+  <si>
+    <t>श्री ओम प्रसाद रिजाल</t>
+  </si>
+  <si>
+    <t>२२६</t>
+  </si>
+  <si>
+    <t>४७७०३४०</t>
+  </si>
+  <si>
+    <t>९८५१३५७३६७</t>
+  </si>
+  <si>
+    <t>श्री टोलेन्द्र कार्की</t>
+  </si>
+  <si>
+    <t>२६८</t>
+  </si>
+  <si>
+    <t>९८४१५२२१४०</t>
+  </si>
+  <si>
+    <t>श्री कृष्णराज पौडेल</t>
+  </si>
+  <si>
+    <t>२६१</t>
+  </si>
+  <si>
+    <t>९८५१२१८९८६</t>
+  </si>
+  <si>
+    <t>लेखापाल</t>
+  </si>
+  <si>
+    <t>श्री भुवन चौहान</t>
+  </si>
+  <si>
+    <t>२७४</t>
+  </si>
+  <si>
+    <t>९८५१०४७८१२</t>
+  </si>
+  <si>
+    <t>श्री इश्वर दाहाल</t>
+  </si>
+  <si>
+    <t>२२२</t>
+  </si>
+  <si>
+    <t>९८५११०६६४८</t>
+  </si>
+  <si>
+    <t>श्री बद्री पौडेल</t>
+  </si>
+  <si>
+    <t>९८५११९५८२३</t>
+  </si>
+  <si>
+    <t>सहलेखापाल</t>
+  </si>
+  <si>
+    <t>श्री भागरथी विष्ट</t>
+  </si>
+  <si>
+    <t>९८०५७४६६४८</t>
+  </si>
+  <si>
+    <t>कम्प्युटर अपरेटर</t>
+  </si>
+  <si>
+    <t>श्री विकास श्रेष्ठ</t>
+  </si>
+  <si>
+    <t>२६६</t>
+  </si>
+  <si>
+    <t>९८४९१०२२०१</t>
+  </si>
+  <si>
+    <t>कम्प्यूटर अपरेटर (हाजिरी शाखा)</t>
+  </si>
+  <si>
+    <t>श्री रविन राई</t>
+  </si>
+  <si>
+    <t>९८६३७८२१८१</t>
+  </si>
+  <si>
+    <t>लेखापाल (पुस्तकालय शाखा)</t>
+  </si>
+  <si>
+    <t>श्री शुशीला गैरे</t>
+  </si>
+  <si>
+    <t>९८४४७५२८०५</t>
+  </si>
+  <si>
+    <t>हलुका सवारी चालक</t>
+  </si>
+  <si>
+    <t>श्री मनोज खड्का</t>
+  </si>
+  <si>
+    <t>९८४१४३६२३९</t>
+  </si>
+  <si>
+    <t>श्री गगन मोहन श्रेष्ठ</t>
+  </si>
+  <si>
+    <t>९८६९७३३८८०</t>
+  </si>
+  <si>
+    <t>श्री राम बहादुर तामाङ</t>
+  </si>
+  <si>
+    <t>९८४११२३१४९</t>
+  </si>
+  <si>
+    <t>श्री कृष्णलाल श्रेष्ठ</t>
+  </si>
+  <si>
+    <t>९८४१०५१४२०</t>
+  </si>
+  <si>
+    <t>श्री सीता कुमाल</t>
+  </si>
+  <si>
+    <t>९८१५४७७१५१</t>
+  </si>
+  <si>
+    <t>इलेक्ट्रीशियन / प्लम्बर</t>
+  </si>
+  <si>
+    <t>श्री तेज नारायण गोपाली</t>
+  </si>
+  <si>
+    <t>९८४१७८३६३१</t>
+  </si>
+  <si>
+    <t>खरिद ईकाई</t>
+  </si>
+  <si>
+    <t>श्री योगेश पराजुली</t>
+  </si>
+  <si>
+    <t>२७३</t>
+  </si>
+  <si>
+    <t>०१-४७७०७४९</t>
+  </si>
+  <si>
+    <t>९८५११४९२२५</t>
+  </si>
+  <si>
+    <t>लेखा सुदृढीकरण तथा याेजना शाखा</t>
+  </si>
+  <si>
+    <t>श्री विष्णु प्रसाद सुवेदी</t>
+  </si>
+  <si>
+    <t>२७६</t>
+  </si>
+  <si>
+    <t>९८४१६४९९१६</t>
+  </si>
+  <si>
+    <t>श्री सिर्जना तिवारी</t>
+  </si>
+  <si>
+    <t>९८४३०३५९४७</t>
+  </si>
+  <si>
+    <t>श्री चिरञ्‍जिवी पाण्डे</t>
+  </si>
+  <si>
+    <t>९८५२०६१६६२</t>
+  </si>
+  <si>
+    <t>श्री अदिप खड्का</t>
+  </si>
+  <si>
+    <t>९८५११९३०३०</t>
+  </si>
+  <si>
+    <t>कर्मचारी प्रशासन शाखा</t>
+  </si>
+  <si>
+    <t>श्री विष्णुहरि रेग्मी</t>
+  </si>
+  <si>
+    <t>२२५</t>
+  </si>
+  <si>
+    <t>४७७०३५७</t>
+  </si>
+  <si>
+    <t>९८४१०५२५८७</t>
+  </si>
+  <si>
+    <t>उपसचिव</t>
+  </si>
+  <si>
+    <t>श्री विष्णु प्रसाद ज्ञवाली</t>
+  </si>
+  <si>
+    <t>२२१</t>
+  </si>
+  <si>
+    <t>९८५१२३१२१४</t>
+  </si>
+  <si>
+    <t>श्री भक्ति प्रसाद भट्टराई</t>
+  </si>
+  <si>
+    <t>९८४३८२२०८२</t>
+  </si>
+  <si>
+    <t>श्री मुक्तिरमण पराजुली</t>
+  </si>
+  <si>
+    <t>९८४६०४९९९८</t>
+  </si>
+  <si>
+    <t>शाखा अधिकृत</t>
+  </si>
+  <si>
+    <t>श्री दीपा प्रधान</t>
+  </si>
+  <si>
+    <t>९८४९०७८४११</t>
+  </si>
+  <si>
+    <t>श्री कृष्ण प्रसाद तिमेल्सेना</t>
+  </si>
+  <si>
+    <t>९८५११४८६०२</t>
+  </si>
+  <si>
+    <t>श्री टोप बहादुर कार्की</t>
+  </si>
+  <si>
+    <t>९८६००६०२२६</t>
+  </si>
+  <si>
+    <t>श्री हरि बहादुर थापा</t>
+  </si>
+  <si>
+    <t>९८५७०६८३५४</t>
+  </si>
+  <si>
+    <t>कम्प्यूटर अपरेटर</t>
+  </si>
+  <si>
+    <t>श्री सुनिता ब्याञ्‍जु (बिजुक्छे)</t>
+  </si>
+  <si>
+    <t>९८६००५१६४४</t>
+  </si>
+  <si>
+    <t>श्री आशिष कुमार लामा</t>
+  </si>
+  <si>
+    <t>९८०८९४३९३०</t>
+  </si>
+  <si>
+    <t>श्री चमित्रा गोपाली</t>
+  </si>
+  <si>
+    <t>कोष व्यवस्थापन शाखा</t>
+  </si>
+  <si>
+    <t>श्री रबिचन्द्र अर्याल</t>
+  </si>
+  <si>
+    <t>२१९</t>
+  </si>
+  <si>
+    <t>४७७०३८६</t>
+  </si>
+  <si>
+    <t>९८४१५३३९६६</t>
+  </si>
+  <si>
+    <t>श्री राजेन्द्र भट्टराई</t>
+  </si>
+  <si>
+    <t>९८४१७०४३९७</t>
+  </si>
+  <si>
+    <t>श्री बसन्त ढकाल</t>
+  </si>
+  <si>
+    <t>२१३</t>
+  </si>
+  <si>
+    <t>९८५११८९२५५</t>
+  </si>
+  <si>
+    <t>श्री पुरूषोत्तम बराल</t>
+  </si>
+  <si>
+    <t>२१८</t>
+  </si>
+  <si>
+    <t>९८५११६८५२०</t>
+  </si>
+  <si>
+    <t>श्री</t>
+  </si>
+  <si>
+    <t>श्री लक्ष्मण ज्ञवाली</t>
+  </si>
+  <si>
+    <t>९८४१६१७११२</t>
+  </si>
+  <si>
+    <t>श्री दिपक कुमार दाहाल</t>
+  </si>
+  <si>
+    <t>२२०</t>
+  </si>
+  <si>
+    <t>९८५२८३५६११</t>
+  </si>
+  <si>
+    <t>श्री कमला अर्याल</t>
+  </si>
+  <si>
+    <t>९८६०३१९९९९</t>
+  </si>
+  <si>
+    <t>श्री बिमला घिमिरे</t>
+  </si>
+  <si>
+    <t>९८६९१००५३६</t>
+  </si>
+  <si>
+    <t>अन्तर सरकारी वित्त समन्वय शाखा</t>
+  </si>
+  <si>
+    <t>श्री यज्ञ प्रसाद ढकाल</t>
+  </si>
+  <si>
+    <t>९८५११८०३१०</t>
+  </si>
+  <si>
+    <t>श्री अर्जुन पौड्याल</t>
+  </si>
+  <si>
+    <t>९८४९२७३०८४</t>
+  </si>
+  <si>
+    <t>सूचना प्रविधि अधिकृत (सूत्र सपोर्ट)</t>
+  </si>
+  <si>
+    <t>श्री नारायण शर्मा</t>
+  </si>
+  <si>
+    <t>९८५७०७३६७५</t>
+  </si>
+  <si>
+    <t>श्री मिलन लुईटेल</t>
+  </si>
+  <si>
+    <t>श्री पवन कुमार महतो</t>
+  </si>
+  <si>
+    <t>९८४१५९८१४३</t>
+  </si>
+  <si>
+    <t>श्री रमेश गेलाल</t>
+  </si>
+  <si>
+    <t>९८५१०४०५७९</t>
+  </si>
+  <si>
+    <t>श्री दिपेन्द्र पाल</t>
+  </si>
+  <si>
+    <t>९८६७८१९४३०</t>
+  </si>
+  <si>
+    <t>वित्तीय प्रतिवेदन शाखा</t>
+  </si>
+  <si>
+    <t>श्री कृष्ण बहादुर अधिकारी</t>
+  </si>
+  <si>
+    <t>२०८</t>
+  </si>
+  <si>
+    <t>४७७०३५३</t>
+  </si>
+  <si>
+    <t>९८५५०८२६६५</t>
+  </si>
+  <si>
+    <t>२१०</t>
+  </si>
+  <si>
+    <t>श्री सुजन प्रसाईँ</t>
+  </si>
+  <si>
+    <t>९८६०९२५९३७</t>
+  </si>
+  <si>
+    <t>श्री सुमन खतिवडा</t>
+  </si>
+  <si>
+    <t>९८६२००६१२६</t>
+  </si>
+  <si>
+    <t>श्री दशरथ ओली</t>
+  </si>
+  <si>
+    <t>९८५७८२४२४६</t>
+  </si>
+  <si>
+    <t>श्री पम्फा खत्री</t>
+  </si>
+  <si>
+    <t>९८४१०२७०७३</t>
+  </si>
+  <si>
+    <t>सूचना प्रविधि शाखा</t>
+  </si>
+  <si>
+    <t>उपमहालेखा नियन्त्रक</t>
+  </si>
+  <si>
+    <t>२४१</t>
+  </si>
+  <si>
+    <t>कम्प्युटर ईन्जिनियर</t>
+  </si>
+  <si>
+    <t>श्री राजु श्रेष्ठ</t>
+  </si>
+  <si>
+    <t>श्री आदर्श पण्डित</t>
+  </si>
+  <si>
+    <t>कम्प्यूटर ईन्जिनियर</t>
+  </si>
+  <si>
+    <t>श्री ऋतु पौडेल</t>
+  </si>
+  <si>
+    <t>९८६०४७९७०४</t>
+  </si>
+  <si>
+    <t>IT Officer (FCGO)</t>
+  </si>
+  <si>
+    <t>श्री प्रकाश कार्की</t>
+  </si>
+  <si>
+    <t>९८४३५७२१२२</t>
+  </si>
+  <si>
+    <t>IT Technician</t>
+  </si>
+  <si>
+    <t>श्री सुशील खड्का</t>
+  </si>
+  <si>
+    <t>२१६</t>
+  </si>
+  <si>
+    <t>९८४१६७०८२३</t>
+  </si>
+  <si>
+    <t>IT Officer (Provincial Support Center Surkhet)</t>
+  </si>
+  <si>
+    <t>श्री दृष्टि कडेल</t>
+  </si>
+  <si>
+    <t>९८६९०५८६४८</t>
+  </si>
+  <si>
+    <t>IT Officer (Provincial Support Center Rupandehi)</t>
+  </si>
+  <si>
+    <t>IT Officer (Provincial Support Center Biratnagar)</t>
+  </si>
+  <si>
+    <t>श्री दिलिप सरदार</t>
+  </si>
+  <si>
+    <t>९८४१४४८२४६</t>
+  </si>
+  <si>
+    <t>आन्तरिक लेखापरिक्षण शाखा</t>
+  </si>
+  <si>
+    <t>श्री रेजिना कोइराला</t>
+  </si>
+  <si>
+    <t>२४३</t>
+  </si>
+  <si>
+    <t>९८४१२५६७८०</t>
+  </si>
+  <si>
+    <t>श्री पृथ्वीराज भुसाल</t>
+  </si>
+  <si>
+    <t>२४४</t>
+  </si>
+  <si>
+    <t>९८४१४७१५४३</t>
+  </si>
+  <si>
+    <t>श्री भोलानाथ पौड्याल</t>
+  </si>
+  <si>
+    <t>९८४१४२४६२४</t>
+  </si>
+  <si>
+    <t>श्री कृष्ण कुमारी शर्मा</t>
+  </si>
+  <si>
+    <t>९८४१२१५२२७</t>
+  </si>
+  <si>
+    <t>श्री सुनिल न्यौपाने</t>
+  </si>
+  <si>
+    <t>९८५१३५८९४९</t>
+  </si>
+  <si>
+    <t>श्री गणेश नेपाली</t>
+  </si>
+  <si>
+    <t>९८५७०७७७९</t>
+  </si>
+  <si>
+    <t>सार्वजनिक सम्पत्ति व्यवस्थापन शाखा</t>
+  </si>
+  <si>
+    <t>श्री मान बहादुर मगर</t>
+  </si>
+  <si>
+    <t>२५२</t>
+  </si>
+  <si>
+    <t>९८४३००२९२७</t>
+  </si>
+  <si>
+    <t>श्री ओम बहादुर खड्का</t>
+  </si>
+  <si>
+    <t>श्री रुस्तम पन्त</t>
+  </si>
+  <si>
+    <t>९७६८७७१७५७</t>
+  </si>
+  <si>
+    <t>श्री सुर्य प्रसाद न्यौपाने</t>
+  </si>
+  <si>
+    <t>९८५११६०६११</t>
+  </si>
+  <si>
+    <t>श्री प्रभा भट्टराई</t>
+  </si>
+  <si>
+    <t>श्री कल्पना खनाल</t>
+  </si>
+  <si>
+    <t>२५५</t>
+  </si>
+  <si>
+    <t>९८४९१३६८६४</t>
+  </si>
+  <si>
     <t>श्री मिरा मैनाली</t>
   </si>
   <si>
     <t>९८६०३१०२११</t>
   </si>
   <si>
-    <t>आन्तरिक तथा आर्थिक प्रशासन शाखा</t>
-[...356 lines deleted...]
-    <t>९८५११८०३१०</t>
+    <t>बजेट तथा शाेधभर्ना शाखा</t>
+  </si>
+  <si>
+    <t>श्री जनक प्रसाद दुलाल</t>
+  </si>
+  <si>
+    <t>९८४१४४२६९३</t>
   </si>
   <si>
     <t>श्री शुभाष चन्द्र अर्याल</t>
   </si>
   <si>
+    <t>२४६</t>
+  </si>
+  <si>
     <t>९८५११६८३६३</t>
   </si>
   <si>
-    <t>श्री अर्जुन पौड्याल</t>
-[...277 lines deleted...]
-  <si>
     <t>श्री दिनेश अर्याल</t>
   </si>
   <si>
     <t>९८४३२८९७९५</t>
   </si>
   <si>
-    <t>श्री सन्दिप काफ्ले</t>
-[...4 lines deleted...]
-  <si>
     <t>श्री रविना लामा</t>
   </si>
   <si>
     <t>९८४११२८५२९</t>
   </si>
   <si>
-    <t>कानून राय तथा परामर्श शाखा</t>
+    <t>कानून शाखा</t>
   </si>
   <si>
     <t>उप - सचिव (कानून)</t>
   </si>
   <si>
+    <t>श्री चमिला भट्टराई</t>
+  </si>
+  <si>
     <t>२०९</t>
   </si>
   <si>
     <t>४७७१२९३</t>
   </si>
   <si>
+    <t>श्री विनु खतिवडा</t>
+  </si>
+  <si>
+    <t>९८५११८५३०१</t>
+  </si>
+  <si>
     <t>२६२</t>
   </si>
   <si>
     <t>श्री कल्पना शाह</t>
   </si>
   <si>
     <t>९८५१२५४२९७</t>
   </si>
   <si>
     <t>ऋण तथा लगानी शाखा</t>
   </si>
   <si>
     <t>४७७१२५०</t>
+  </si>
+  <si>
+    <t>श्री मधु मिजार</t>
+  </si>
+  <si>
+    <t>९८५१०७१४९३</t>
   </si>
   <si>
     <t>दर्ता चलानी</t>
   </si>
   <si>
     <t>श्री लक्ष्मी कुमारी शर्मा चापागाईँ</t>
   </si>
   <si>
     <t>९८६९५७३४०९</t>
   </si>
   <si>
     <t>२३९</t>
   </si>
   <si>
     <t>९८६०२००९७३</t>
   </si>
   <si>
     <t>श्री राजु खड्का</t>
   </si>
   <si>
     <t>९८४१३२७००७</t>
   </si>
   <si>
     <t>श्री अश्मी लामा योन्जन</t>
   </si>
@@ -1305,51 +1275,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I143"/>
+  <dimension ref="A1:I140"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C1" sqref="C1:C1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
@@ -1786,68 +1756,68 @@
     <row r="28" spans="1:9">
       <c r="A28" s="1"/>
       <c r="B28" s="1">
         <v>5</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>81</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>82</v>
       </c>
       <c r="F28" s="1"/>
       <c r="G28" s="1" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:9">
       <c r="A29" s="1"/>
       <c r="B29" s="1">
         <v>6</v>
       </c>
       <c r="C29" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D29" s="1" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="E29" s="1"/>
       <c r="F29" s="1"/>
       <c r="G29" s="1" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:9">
       <c r="A30" s="1"/>
       <c r="B30" s="1">
         <v>7</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>87</v>
       </c>
       <c r="E30" s="1"/>
       <c r="F30" s="1"/>
       <c r="G30" s="1" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:9">
       <c r="A31" s="1"/>
       <c r="B31" s="1">
         <v>8</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>89</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>90</v>
       </c>
       <c r="E31" s="1" t="s">
         <v>91</v>
       </c>
       <c r="F31" s="1"/>
@@ -1865,1837 +1835,1759 @@
       </c>
       <c r="D32" s="1" t="s">
         <v>94</v>
       </c>
       <c r="E32" s="1" t="s">
         <v>91</v>
       </c>
       <c r="F32" s="1"/>
       <c r="G32" s="1" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:9">
       <c r="A33" s="1"/>
       <c r="B33" s="1">
         <v>10</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>96</v>
       </c>
       <c r="D33" s="1" t="s">
         <v>97</v>
       </c>
       <c r="E33" s="1"/>
       <c r="F33" s="1"/>
-      <c r="G33" s="1"/>
+      <c r="G33" s="1" t="s">
+        <v>98</v>
+      </c>
     </row>
     <row r="34" spans="1:9">
       <c r="A34" s="1"/>
       <c r="B34" s="1">
         <v>11</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E34" s="1"/>
       <c r="F34" s="1"/>
       <c r="G34" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:9">
       <c r="A35" s="1"/>
       <c r="B35" s="1">
         <v>12</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E35" s="1"/>
       <c r="F35" s="1"/>
       <c r="G35" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="36" spans="1:9">
       <c r="A36" s="1"/>
       <c r="B36" s="1">
         <v>13</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E36" s="1"/>
       <c r="F36" s="1"/>
       <c r="G36" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="37" spans="1:9">
       <c r="A37" s="1"/>
       <c r="B37" s="1">
         <v>14</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E37" s="1"/>
       <c r="F37" s="1"/>
       <c r="G37" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="38" spans="1:9">
       <c r="A38" s="1"/>
       <c r="B38" s="1">
         <v>15</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="E38" s="1"/>
       <c r="F38" s="1"/>
       <c r="G38" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="39" spans="1:9">
       <c r="A39" s="1"/>
       <c r="B39" s="1">
         <v>16</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="E39" s="1"/>
       <c r="F39" s="1"/>
       <c r="G39" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="40" spans="1:9">
       <c r="A40" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
     </row>
     <row r="41" spans="1:9">
       <c r="A41" s="1"/>
       <c r="B41" s="1">
         <v>1</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>66</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E41" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="42" spans="1:9">
       <c r="A42" s="1"/>
       <c r="B42" s="1">
         <v>2</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D42" s="1" t="s">
         <v>71</v>
       </c>
       <c r="E42" s="1" t="s">
         <v>72</v>
       </c>
       <c r="F42" s="1"/>
       <c r="G42" s="1" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="43" spans="1:9">
-      <c r="A43" s="1"/>
-[...6 lines deleted...]
-      <c r="D43" s="1" t="s">
+      <c r="A43" s="1" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9">
+      <c r="A44" s="1"/>
+      <c r="B44" s="1">
+        <v>1</v>
+      </c>
+      <c r="C44" s="1" t="s">
+        <v>66</v>
+      </c>
+      <c r="D44" s="1" t="s">
+        <v>114</v>
+      </c>
+      <c r="E44" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="F44" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="G44" s="1" t="s">
         <v>117</v>
-      </c>
-[...8 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="45" spans="1:9">
       <c r="A45" s="1"/>
       <c r="B45" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="C45" s="1" t="s">
-        <v>66</v>
+        <v>11</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="E45" s="1" t="s">
-        <v>114</v>
-[...3 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="F45" s="1"/>
       <c r="G45" s="1" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
     </row>
     <row r="46" spans="1:9">
       <c r="A46" s="1"/>
       <c r="B46" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>120</v>
-[...3 lines deleted...]
-      </c>
+        <v>122</v>
+      </c>
+      <c r="E46" s="1"/>
       <c r="F46" s="1"/>
       <c r="G46" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="47" spans="1:9">
       <c r="A47" s="1"/>
       <c r="B47" s="1">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>11</v>
+        <v>77</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="E47" s="1"/>
       <c r="F47" s="1"/>
       <c r="G47" s="1" t="s">
-        <v>15</v>
+        <v>125</v>
       </c>
     </row>
     <row r="48" spans="1:9">
       <c r="A48" s="1"/>
       <c r="B48" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>11</v>
+        <v>89</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="E48" s="1"/>
       <c r="F48" s="1"/>
       <c r="G48" s="1" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
     </row>
     <row r="49" spans="1:9">
-      <c r="A49" s="1"/>
-[...12 lines deleted...]
-        <v>127</v>
+      <c r="A49" s="1" t="s">
+        <v>128</v>
       </c>
     </row>
     <row r="50" spans="1:9">
       <c r="A50" s="1"/>
       <c r="B50" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-      <c r="F50" s="1"/>
+        <v>129</v>
+      </c>
+      <c r="E50" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="F50" s="1" t="s">
+        <v>131</v>
+      </c>
       <c r="G50" s="1" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
     </row>
     <row r="51" spans="1:9">
-      <c r="A51" s="1" t="s">
-        <v>130</v>
+      <c r="A51" s="1"/>
+      <c r="B51" s="1">
+        <v>2</v>
+      </c>
+      <c r="C51" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="D51" s="1" t="s">
+        <v>134</v>
+      </c>
+      <c r="E51" s="1" t="s">
+        <v>135</v>
+      </c>
+      <c r="F51" s="1"/>
+      <c r="G51" s="1" t="s">
+        <v>136</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52" s="1"/>
       <c r="B52" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>66</v>
+        <v>11</v>
       </c>
       <c r="D52" s="1" t="s">
-        <v>131</v>
-[...6 lines deleted...]
-      </c>
+        <v>137</v>
+      </c>
+      <c r="E52" s="1"/>
+      <c r="F52" s="1"/>
       <c r="G52" s="1" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53" s="1"/>
       <c r="B53" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>135</v>
+        <v>11</v>
       </c>
       <c r="D53" s="1" t="s">
-        <v>136</v>
-[...3 lines deleted...]
-      </c>
+        <v>139</v>
+      </c>
+      <c r="E53" s="1"/>
       <c r="F53" s="1"/>
       <c r="G53" s="1" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54" s="1"/>
       <c r="B54" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>11</v>
+        <v>141</v>
       </c>
       <c r="D54" s="1" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="E54" s="1"/>
       <c r="F54" s="1"/>
       <c r="G54" s="1" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55" s="1"/>
       <c r="B55" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="C55" s="1" t="s">
-        <v>11</v>
+        <v>77</v>
       </c>
       <c r="D55" s="1" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="E55" s="1"/>
       <c r="F55" s="1"/>
       <c r="G55" s="1" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56" s="1"/>
       <c r="B56" s="1">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C56" s="1" t="s">
-        <v>143</v>
+        <v>77</v>
       </c>
       <c r="D56" s="1" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="E56" s="1"/>
       <c r="F56" s="1"/>
       <c r="G56" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57" s="1"/>
       <c r="B57" s="1">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="C57" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D57" s="1" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="E57" s="1"/>
       <c r="F57" s="1"/>
       <c r="G57" s="1" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58" s="1"/>
       <c r="B58" s="1">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C58" s="1" t="s">
-        <v>77</v>
+        <v>150</v>
       </c>
       <c r="D58" s="1" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="E58" s="1"/>
       <c r="F58" s="1"/>
       <c r="G58" s="1" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59" s="1"/>
       <c r="B59" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="D59" s="1" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="E59" s="1"/>
       <c r="F59" s="1"/>
       <c r="G59" s="1" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60" s="1"/>
       <c r="B60" s="1">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>152</v>
+        <v>36</v>
       </c>
       <c r="D60" s="1" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="E60" s="1"/>
       <c r="F60" s="1"/>
       <c r="G60" s="1" t="s">
-        <v>154</v>
+        <v>112</v>
       </c>
     </row>
     <row r="61" spans="1:9">
-      <c r="A61" s="1"/>
-[...11 lines deleted...]
-      <c r="G61" s="1" t="s">
+      <c r="A61" s="1" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62" s="1"/>
       <c r="B62" s="1">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="C62" s="1" t="s">
-        <v>36</v>
+        <v>66</v>
       </c>
       <c r="D62" s="1" t="s">
         <v>157</v>
       </c>
-      <c r="E62" s="1"/>
-      <c r="F62" s="1"/>
+      <c r="E62" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="F62" s="1" t="s">
+        <v>159</v>
+      </c>
       <c r="G62" s="1" t="s">
-        <v>111</v>
+        <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:9">
-      <c r="A63" s="1" t="s">
-        <v>158</v>
+      <c r="A63" s="1"/>
+      <c r="B63" s="1">
+        <v>2</v>
+      </c>
+      <c r="C63" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D63" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="E63" s="1"/>
+      <c r="F63" s="1"/>
+      <c r="G63" s="1" t="s">
+        <v>162</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64" s="1"/>
       <c r="B64" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>66</v>
+        <v>11</v>
       </c>
       <c r="D64" s="1" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="E64" s="1" t="s">
-        <v>160</v>
-[...3 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="F64" s="1"/>
       <c r="G64" s="1" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65" s="1"/>
       <c r="B65" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="C65" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D65" s="1" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="E65" s="1"/>
+        <v>166</v>
+      </c>
+      <c r="E65" s="1" t="s">
+        <v>167</v>
+      </c>
       <c r="F65" s="1"/>
       <c r="G65" s="1" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66" s="1"/>
       <c r="B66" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>11</v>
+        <v>77</v>
       </c>
       <c r="D66" s="1" t="s">
-        <v>165</v>
-[...3 lines deleted...]
-      </c>
+        <v>169</v>
+      </c>
+      <c r="E66" s="1"/>
       <c r="F66" s="1"/>
-      <c r="G66" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G66" s="1"/>
     </row>
     <row r="67" spans="1:9">
       <c r="A67" s="1"/>
       <c r="B67" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="C67" s="1" t="s">
-        <v>11</v>
+        <v>77</v>
       </c>
       <c r="D67" s="1" t="s">
-        <v>168</v>
-[...3 lines deleted...]
-      </c>
+        <v>170</v>
+      </c>
+      <c r="E67" s="1"/>
       <c r="F67" s="1"/>
       <c r="G67" s="1" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68" s="1"/>
       <c r="B68" s="1">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>11</v>
+        <v>77</v>
       </c>
       <c r="D68" s="1" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="E68" s="1"/>
+        <v>172</v>
+      </c>
+      <c r="E68" s="1" t="s">
+        <v>173</v>
+      </c>
       <c r="F68" s="1"/>
       <c r="G68" s="1" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69" s="1"/>
       <c r="B69" s="1">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>77</v>
+        <v>89</v>
       </c>
       <c r="D69" s="1" t="s">
-        <v>97</v>
+        <v>175</v>
       </c>
       <c r="E69" s="1"/>
       <c r="F69" s="1"/>
-      <c r="G69" s="1"/>
+      <c r="G69" s="1" t="s">
+        <v>176</v>
+      </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70" s="1"/>
       <c r="B70" s="1">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="D70" s="1" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="E70" s="1"/>
       <c r="F70" s="1"/>
       <c r="G70" s="1" t="s">
-        <v>174</v>
-[...18 lines deleted...]
-        <v>177</v>
+        <v>178</v>
       </c>
     </row>
     <row r="72" spans="1:9">
-      <c r="A72" s="1"/>
-[...11 lines deleted...]
-      <c r="G72" s="1" t="s">
+      <c r="A72" s="1" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73" s="1"/>
       <c r="B73" s="1">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="C73" s="1" t="s">
-        <v>19</v>
+        <v>66</v>
       </c>
       <c r="D73" s="1" t="s">
         <v>180</v>
       </c>
-      <c r="E73" s="1"/>
-      <c r="F73" s="1"/>
+      <c r="E73" s="1" t="s">
+        <v>158</v>
+      </c>
+      <c r="F73" s="1" t="s">
+        <v>159</v>
+      </c>
       <c r="G73" s="1" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="74" spans="1:9">
-      <c r="A74" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A74" s="1"/>
+      <c r="B74" s="1">
+        <v>2</v>
+      </c>
+      <c r="C74" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D74" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="E74" s="1"/>
+      <c r="F74" s="1"/>
+      <c r="G74" s="1"/>
     </row>
     <row r="75" spans="1:9">
       <c r="A75" s="1"/>
       <c r="B75" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C75" s="1" t="s">
-        <v>66</v>
+        <v>11</v>
       </c>
       <c r="D75" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="E75" s="1"/>
+      <c r="F75" s="1"/>
+      <c r="G75" s="1" t="s">
         <v>183</v>
-      </c>
-[...7 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76" s="1"/>
       <c r="B76" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="C76" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D76" s="1" t="s">
-        <v>185</v>
+        <v>169</v>
       </c>
       <c r="E76" s="1"/>
       <c r="F76" s="1"/>
-      <c r="G76" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G76" s="1"/>
     </row>
     <row r="77" spans="1:9">
       <c r="A77" s="1"/>
       <c r="B77" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="C77" s="1" t="s">
-        <v>11</v>
+        <v>184</v>
       </c>
       <c r="D77" s="1" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="E77" s="1"/>
       <c r="F77" s="1"/>
       <c r="G77" s="1" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78" s="1"/>
       <c r="B78" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="C78" s="1" t="s">
-        <v>11</v>
+        <v>184</v>
       </c>
       <c r="D78" s="1" t="s">
-        <v>189</v>
+        <v>169</v>
       </c>
       <c r="E78" s="1"/>
       <c r="F78" s="1"/>
-      <c r="G78" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G78" s="1"/>
     </row>
     <row r="79" spans="1:9">
       <c r="A79" s="1"/>
       <c r="B79" s="1">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C79" s="1" t="s">
-        <v>191</v>
+        <v>77</v>
       </c>
       <c r="D79" s="1" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="E79" s="1"/>
       <c r="F79" s="1"/>
-      <c r="G79" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G79" s="1"/>
     </row>
     <row r="80" spans="1:9">
       <c r="A80" s="1"/>
       <c r="B80" s="1">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="C80" s="1" t="s">
-        <v>191</v>
+        <v>77</v>
       </c>
       <c r="D80" s="1" t="s">
-        <v>97</v>
+        <v>188</v>
       </c>
       <c r="E80" s="1"/>
       <c r="F80" s="1"/>
-      <c r="G80" s="1"/>
+      <c r="G80" s="1" t="s">
+        <v>189</v>
+      </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81" s="1"/>
       <c r="B81" s="1">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C81" s="1" t="s">
-        <v>77</v>
+        <v>150</v>
       </c>
       <c r="D81" s="1" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="E81" s="1"/>
       <c r="F81" s="1"/>
       <c r="G81" s="1" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82" s="1"/>
       <c r="B82" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C82" s="1" t="s">
-        <v>77</v>
+        <v>89</v>
       </c>
       <c r="D82" s="1" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="E82" s="1"/>
       <c r="F82" s="1"/>
       <c r="G82" s="1" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
     </row>
     <row r="83" spans="1:9">
-      <c r="A83" s="1"/>
-[...12 lines deleted...]
-        <v>199</v>
+      <c r="A83" s="1" t="s">
+        <v>194</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84" s="1"/>
       <c r="B84" s="1">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="D84" s="1" t="s">
-        <v>200</v>
-[...2 lines deleted...]
-      <c r="F84" s="1"/>
+        <v>195</v>
+      </c>
+      <c r="E84" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="F84" s="1" t="s">
+        <v>197</v>
+      </c>
       <c r="G84" s="1" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
     </row>
     <row r="85" spans="1:9">
-      <c r="A85" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A85" s="1"/>
+      <c r="B85" s="1">
+        <v>2</v>
+      </c>
+      <c r="C85" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D85" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="E85" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="F85" s="1"/>
+      <c r="G85" s="1"/>
     </row>
     <row r="86" spans="1:9">
       <c r="A86" s="1"/>
       <c r="B86" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>66</v>
+        <v>11</v>
       </c>
       <c r="D86" s="1" t="s">
-        <v>203</v>
-[...6 lines deleted...]
-      </c>
+        <v>200</v>
+      </c>
+      <c r="E86" s="1"/>
+      <c r="F86" s="1"/>
       <c r="G86" s="1" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87" s="1"/>
       <c r="B87" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>11</v>
       </c>
       <c r="D87" s="1" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>202</v>
+      </c>
+      <c r="E87" s="1"/>
       <c r="F87" s="1"/>
-      <c r="G87" s="1"/>
+      <c r="G87" s="1" t="s">
+        <v>203</v>
+      </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88" s="1"/>
       <c r="B88" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>11</v>
+        <v>77</v>
       </c>
       <c r="D88" s="1" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="E88" s="1"/>
       <c r="F88" s="1"/>
       <c r="G88" s="1" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
     </row>
     <row r="89" spans="1:9">
       <c r="A89" s="1"/>
       <c r="B89" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>11</v>
+        <v>77</v>
       </c>
       <c r="D89" s="1" t="s">
-        <v>210</v>
+        <v>169</v>
       </c>
       <c r="E89" s="1"/>
       <c r="F89" s="1"/>
-      <c r="G89" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G89" s="1"/>
     </row>
     <row r="90" spans="1:9">
       <c r="A90" s="1"/>
       <c r="B90" s="1">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="D90" s="1" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="E90" s="1"/>
       <c r="F90" s="1"/>
       <c r="G90" s="1" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
     </row>
     <row r="91" spans="1:9">
-      <c r="A91" s="1"/>
-[...11 lines deleted...]
-      <c r="G91" s="1"/>
+      <c r="A91" s="1" t="s">
+        <v>208</v>
+      </c>
     </row>
     <row r="92" spans="1:9">
       <c r="A92" s="1"/>
       <c r="B92" s="1">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="C92" s="1" t="s">
-        <v>19</v>
+        <v>209</v>
       </c>
       <c r="D92" s="1" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="E92" s="1"/>
+        <v>169</v>
+      </c>
+      <c r="E92" s="1" t="s">
+        <v>210</v>
+      </c>
       <c r="F92" s="1"/>
-      <c r="G92" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G92" s="1"/>
     </row>
     <row r="93" spans="1:9">
-      <c r="A93" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A93" s="1"/>
+      <c r="B93" s="1">
+        <v>2</v>
+      </c>
+      <c r="C93" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D93" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="E93" s="1"/>
+      <c r="F93" s="1"/>
+      <c r="G93" s="1"/>
     </row>
     <row r="94" spans="1:9">
       <c r="A94" s="1"/>
       <c r="B94" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C94" s="1" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
       <c r="D94" s="1" t="s">
-        <v>218</v>
-[...3 lines deleted...]
-      </c>
+        <v>212</v>
+      </c>
+      <c r="E94" s="1"/>
       <c r="F94" s="1"/>
-      <c r="G94" s="1" t="s">
-        <v>220</v>
+      <c r="G94" s="1">
+        <v>9841789254</v>
       </c>
     </row>
     <row r="95" spans="1:9">
       <c r="A95" s="1"/>
       <c r="B95" s="1">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="C95" s="1" t="s">
-        <v>11</v>
+        <v>211</v>
       </c>
       <c r="D95" s="1" t="s">
-        <v>97</v>
+        <v>213</v>
       </c>
       <c r="E95" s="1"/>
       <c r="F95" s="1"/>
-      <c r="G95" s="1"/>
+      <c r="G95" s="1">
+        <v>9822774157</v>
+      </c>
     </row>
     <row r="96" spans="1:9">
       <c r="A96" s="1"/>
       <c r="B96" s="1">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>221</v>
+        <v>214</v>
       </c>
       <c r="D96" s="1" t="s">
-        <v>222</v>
-[...3 lines deleted...]
-      </c>
+        <v>215</v>
+      </c>
+      <c r="E96" s="1"/>
       <c r="F96" s="1"/>
-      <c r="G96" s="1"/>
+      <c r="G96" s="1" t="s">
+        <v>216</v>
+      </c>
     </row>
     <row r="97" spans="1:9">
       <c r="A97" s="1"/>
       <c r="B97" s="1">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="D97" s="1" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="E97" s="1"/>
       <c r="F97" s="1"/>
-      <c r="G97" s="1">
-        <v>9841789254</v>
+      <c r="G97" s="1" t="s">
+        <v>219</v>
       </c>
     </row>
     <row r="98" spans="1:9">
       <c r="A98" s="1"/>
       <c r="B98" s="1">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C98" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="D98" s="1" t="s">
         <v>221</v>
       </c>
-      <c r="D98" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E98" s="1"/>
+      <c r="E98" s="1" t="s">
+        <v>222</v>
+      </c>
       <c r="F98" s="1"/>
-      <c r="G98" s="1">
-        <v>9822774157</v>
+      <c r="G98" s="1" t="s">
+        <v>223</v>
       </c>
     </row>
     <row r="99" spans="1:9">
       <c r="A99" s="1"/>
       <c r="B99" s="1">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="D99" s="1" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="E99" s="1"/>
       <c r="F99" s="1"/>
       <c r="G99" s="1" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
     </row>
     <row r="100" spans="1:9">
       <c r="A100" s="1"/>
       <c r="B100" s="1">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C100" s="1" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="D100" s="1" t="s">
-        <v>230</v>
+        <v>185</v>
       </c>
       <c r="E100" s="1"/>
       <c r="F100" s="1"/>
       <c r="G100" s="1" t="s">
-        <v>231</v>
+        <v>186</v>
       </c>
     </row>
     <row r="101" spans="1:9">
       <c r="A101" s="1"/>
       <c r="B101" s="1">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C101" s="1" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="D101" s="1" t="s">
-        <v>233</v>
-[...3 lines deleted...]
-      </c>
+        <v>229</v>
+      </c>
+      <c r="E101" s="1"/>
       <c r="F101" s="1"/>
       <c r="G101" s="1" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
     </row>
     <row r="102" spans="1:9">
-      <c r="A102" s="1"/>
-[...12 lines deleted...]
-        <v>238</v>
+      <c r="A102" s="1" t="s">
+        <v>231</v>
       </c>
     </row>
     <row r="103" spans="1:9">
       <c r="A103" s="1"/>
       <c r="B103" s="1">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="C103" s="1" t="s">
-        <v>239</v>
+        <v>66</v>
       </c>
       <c r="D103" s="1" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="E103" s="1"/>
+        <v>232</v>
+      </c>
+      <c r="E103" s="1" t="s">
+        <v>233</v>
+      </c>
       <c r="F103" s="1"/>
       <c r="G103" s="1" t="s">
-        <v>193</v>
+        <v>234</v>
       </c>
     </row>
     <row r="104" spans="1:9">
       <c r="A104" s="1"/>
       <c r="B104" s="1">
+        <v>2</v>
+      </c>
+      <c r="C104" s="1" t="s">
         <v>11</v>
       </c>
-      <c r="C104" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D104" s="1" t="s">
-        <v>241</v>
-[...1 lines deleted...]
-      <c r="E104" s="1"/>
+        <v>235</v>
+      </c>
+      <c r="E104" s="1" t="s">
+        <v>236</v>
+      </c>
       <c r="F104" s="1"/>
       <c r="G104" s="1" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
     </row>
     <row r="105" spans="1:9">
-      <c r="A105" s="1" t="s">
-        <v>243</v>
+      <c r="A105" s="1"/>
+      <c r="B105" s="1">
+        <v>3</v>
+      </c>
+      <c r="C105" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D105" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="E105" s="1"/>
+      <c r="F105" s="1"/>
+      <c r="G105" s="1" t="s">
+        <v>239</v>
       </c>
     </row>
     <row r="106" spans="1:9">
       <c r="A106" s="1"/>
       <c r="B106" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="D106" s="1" t="s">
-        <v>244</v>
-[...3 lines deleted...]
-      </c>
+        <v>240</v>
+      </c>
+      <c r="E106" s="1"/>
       <c r="F106" s="1"/>
       <c r="G106" s="1" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
     </row>
     <row r="107" spans="1:9">
       <c r="A107" s="1"/>
       <c r="B107" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>11</v>
+        <v>77</v>
       </c>
       <c r="D107" s="1" t="s">
-        <v>247</v>
-[...3 lines deleted...]
-      </c>
+        <v>169</v>
+      </c>
+      <c r="E107" s="1"/>
       <c r="F107" s="1"/>
-      <c r="G107" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G107" s="1"/>
     </row>
     <row r="108" spans="1:9">
       <c r="A108" s="1"/>
       <c r="B108" s="1">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>11</v>
+        <v>77</v>
       </c>
       <c r="D108" s="1" t="s">
-        <v>250</v>
+        <v>242</v>
       </c>
       <c r="E108" s="1"/>
       <c r="F108" s="1"/>
       <c r="G108" s="1" t="s">
-        <v>251</v>
+        <v>243</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109" s="1"/>
       <c r="B109" s="1">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C109" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D109" s="1" t="s">
-        <v>252</v>
+        <v>244</v>
       </c>
       <c r="E109" s="1"/>
       <c r="F109" s="1"/>
       <c r="G109" s="1" t="s">
-        <v>253</v>
+        <v>245</v>
       </c>
     </row>
     <row r="110" spans="1:9">
-      <c r="A110" s="1"/>
-[...11 lines deleted...]
-      <c r="G110" s="1"/>
+      <c r="A110" s="1" t="s">
+        <v>246</v>
+      </c>
     </row>
     <row r="111" spans="1:9">
       <c r="A111" s="1"/>
       <c r="B111" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="D111" s="1" t="s">
-        <v>254</v>
-[...1 lines deleted...]
-      <c r="E111" s="1"/>
+        <v>247</v>
+      </c>
+      <c r="E111" s="1" t="s">
+        <v>248</v>
+      </c>
       <c r="F111" s="1"/>
       <c r="G111" s="1" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
     </row>
     <row r="112" spans="1:9">
       <c r="A112" s="1"/>
       <c r="B112" s="1">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>77</v>
+        <v>11</v>
       </c>
       <c r="D112" s="1" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="E112" s="1"/>
       <c r="F112" s="1"/>
-      <c r="G112" s="1" t="s">
-        <v>257</v>
+      <c r="G112" s="1">
+        <v>9761120330</v>
       </c>
     </row>
     <row r="113" spans="1:9">
-      <c r="A113" s="1" t="s">
-        <v>258</v>
+      <c r="A113" s="1"/>
+      <c r="B113" s="1">
+        <v>3</v>
+      </c>
+      <c r="C113" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D113" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="E113" s="1"/>
+      <c r="F113" s="1"/>
+      <c r="G113" s="1" t="s">
+        <v>252</v>
       </c>
     </row>
     <row r="114" spans="1:9">
       <c r="A114" s="1"/>
       <c r="B114" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C114" s="1" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="D114" s="1" t="s">
-        <v>259</v>
-[...3 lines deleted...]
-      </c>
+        <v>253</v>
+      </c>
+      <c r="E114" s="1"/>
       <c r="F114" s="1"/>
       <c r="G114" s="1" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
     </row>
     <row r="115" spans="1:9">
       <c r="A115" s="1"/>
       <c r="B115" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>11</v>
+        <v>77</v>
       </c>
       <c r="D115" s="1" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
       <c r="E115" s="1"/>
       <c r="F115" s="1"/>
       <c r="G115" s="1">
-        <v>9761120330</v>
+        <v>9851171656</v>
       </c>
     </row>
     <row r="116" spans="1:9">
       <c r="A116" s="1"/>
       <c r="B116" s="1">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>11</v>
+        <v>89</v>
       </c>
       <c r="D116" s="1" t="s">
-        <v>263</v>
-[...1 lines deleted...]
-      <c r="E116" s="1"/>
+        <v>256</v>
+      </c>
+      <c r="E116" s="1" t="s">
+        <v>257</v>
+      </c>
       <c r="F116" s="1"/>
       <c r="G116" s="1" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
     </row>
     <row r="117" spans="1:9">
       <c r="A117" s="1"/>
       <c r="B117" s="1">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="D117" s="1" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="E117" s="1"/>
       <c r="F117" s="1"/>
       <c r="G117" s="1" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
     </row>
     <row r="118" spans="1:9">
-      <c r="A118" s="1"/>
-[...12 lines deleted...]
-        <v>268</v>
+      <c r="A118" s="1" t="s">
+        <v>261</v>
       </c>
     </row>
     <row r="119" spans="1:9">
       <c r="A119" s="1"/>
       <c r="B119" s="1">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>89</v>
+        <v>66</v>
       </c>
       <c r="D119" s="1" t="s">
-        <v>269</v>
-[...7 lines deleted...]
-      </c>
+        <v>169</v>
+      </c>
+      <c r="E119" s="1"/>
+      <c r="F119" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="G119" s="1"/>
     </row>
     <row r="120" spans="1:9">
       <c r="A120" s="1"/>
       <c r="B120" s="1">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="D120" s="1" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="E120" s="1"/>
       <c r="F120" s="1"/>
       <c r="G120" s="1" t="s">
-        <v>273</v>
+        <v>263</v>
       </c>
     </row>
     <row r="121" spans="1:9">
-      <c r="A121" s="1" t="s">
-        <v>274</v>
+      <c r="A121" s="1"/>
+      <c r="B121" s="1">
+        <v>3</v>
+      </c>
+      <c r="C121" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="D121" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="E121" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="F121" s="1"/>
+      <c r="G121" s="1" t="s">
+        <v>266</v>
       </c>
     </row>
     <row r="122" spans="1:9">
       <c r="A122" s="1"/>
       <c r="B122" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C122" s="1" t="s">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="D122" s="1" t="s">
-        <v>275</v>
+        <v>267</v>
       </c>
       <c r="E122" s="1"/>
-      <c r="F122" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F122" s="1"/>
       <c r="G122" s="1" t="s">
-        <v>276</v>
+        <v>268</v>
       </c>
     </row>
     <row r="123" spans="1:9">
       <c r="A123" s="1"/>
       <c r="B123" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>11</v>
+        <v>77</v>
       </c>
       <c r="D123" s="1" t="s">
-        <v>277</v>
+        <v>204</v>
       </c>
       <c r="E123" s="1"/>
       <c r="F123" s="1"/>
       <c r="G123" s="1" t="s">
-        <v>278</v>
+        <v>205</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124" s="1"/>
       <c r="B124" s="1">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="D124" s="1" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>269</v>
+      </c>
+      <c r="E124" s="1"/>
       <c r="F124" s="1"/>
-      <c r="G124" s="1"/>
+      <c r="G124" s="1" t="s">
+        <v>270</v>
+      </c>
     </row>
     <row r="125" spans="1:9">
-      <c r="A125" s="1"/>
-[...12 lines deleted...]
-        <v>281</v>
+      <c r="A125" s="1" t="s">
+        <v>271</v>
       </c>
     </row>
     <row r="126" spans="1:9">
       <c r="A126" s="1"/>
       <c r="B126" s="1">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>77</v>
+        <v>272</v>
       </c>
       <c r="D126" s="1" t="s">
-        <v>282</v>
-[...5 lines deleted...]
-      </c>
+        <v>273</v>
+      </c>
+      <c r="E126" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="F126" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="G126" s="1"/>
     </row>
     <row r="127" spans="1:9">
       <c r="A127" s="1"/>
       <c r="B127" s="1">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="C127" s="1" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="D127" s="1" t="s">
-        <v>284</v>
+        <v>276</v>
       </c>
       <c r="E127" s="1"/>
       <c r="F127" s="1"/>
       <c r="G127" s="1" t="s">
-        <v>285</v>
+        <v>277</v>
       </c>
     </row>
     <row r="128" spans="1:9">
-      <c r="A128" s="1" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A128" s="1"/>
+      <c r="B128" s="1">
+        <v>3</v>
+      </c>
+      <c r="C128" s="1" t="s">
+        <v>77</v>
+      </c>
+      <c r="D128" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="E128" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="F128" s="1"/>
+      <c r="G128" s="1"/>
     </row>
     <row r="129" spans="1:9">
       <c r="A129" s="1"/>
       <c r="B129" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>287</v>
+        <v>77</v>
       </c>
       <c r="D129" s="1" t="s">
-        <v>97</v>
-[...7 lines deleted...]
-      <c r="G129" s="1"/>
+        <v>279</v>
+      </c>
+      <c r="E129" s="1"/>
+      <c r="F129" s="1"/>
+      <c r="G129" s="1" t="s">
+        <v>280</v>
+      </c>
     </row>
     <row r="130" spans="1:9">
       <c r="A130" s="1"/>
       <c r="B130" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="D130" s="1" t="s">
-        <v>124</v>
+        <v>206</v>
       </c>
       <c r="E130" s="1"/>
       <c r="F130" s="1"/>
       <c r="G130" s="1" t="s">
-        <v>125</v>
+        <v>207</v>
       </c>
     </row>
     <row r="131" spans="1:9">
-      <c r="A131" s="1"/>
-[...13 lines deleted...]
-      <c r="G131" s="1"/>
+      <c r="A131" s="1" t="s">
+        <v>281</v>
+      </c>
     </row>
     <row r="132" spans="1:9">
       <c r="A132" s="1"/>
       <c r="B132" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="D132" s="1" t="s">
-        <v>291</v>
-[...5 lines deleted...]
-      </c>
+        <v>169</v>
+      </c>
+      <c r="E132" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="F132" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="G132" s="1"/>
     </row>
     <row r="133" spans="1:9">
       <c r="A133" s="1"/>
       <c r="B133" s="1">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="D133" s="1" t="s">
-        <v>214</v>
+        <v>283</v>
       </c>
       <c r="E133" s="1"/>
       <c r="F133" s="1"/>
       <c r="G133" s="1" t="s">
-        <v>215</v>
+        <v>284</v>
       </c>
     </row>
     <row r="134" spans="1:9">
-      <c r="A134" s="1" t="s">
-        <v>293</v>
+      <c r="A134" s="1"/>
+      <c r="B134" s="1">
+        <v>3</v>
+      </c>
+      <c r="C134" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D134" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E134" s="1"/>
+      <c r="F134" s="1"/>
+      <c r="G134" s="1" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="135" spans="1:9">
-      <c r="A135" s="1"/>
-[...16 lines deleted...]
-        <v>220</v>
+      <c r="A135" s="1" t="s">
+        <v>285</v>
       </c>
     </row>
     <row r="136" spans="1:9">
       <c r="A136" s="1"/>
       <c r="B136" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C136" s="1" t="s">
-        <v>11</v>
+        <v>77</v>
       </c>
       <c r="D136" s="1" t="s">
-        <v>189</v>
+        <v>286</v>
       </c>
       <c r="E136" s="1"/>
       <c r="F136" s="1"/>
       <c r="G136" s="1" t="s">
-        <v>190</v>
+        <v>287</v>
       </c>
     </row>
     <row r="137" spans="1:9">
       <c r="A137" s="1"/>
       <c r="B137" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C137" s="1" t="s">
-        <v>19</v>
+        <v>86</v>
       </c>
       <c r="D137" s="1" t="s">
-        <v>272</v>
-[...1 lines deleted...]
-      <c r="E137" s="1"/>
+        <v>87</v>
+      </c>
+      <c r="E137" s="1" t="s">
+        <v>288</v>
+      </c>
       <c r="F137" s="1"/>
       <c r="G137" s="1" t="s">
-        <v>273</v>
+        <v>289</v>
       </c>
     </row>
     <row r="138" spans="1:9">
-      <c r="A138" s="1" t="s">
-        <v>295</v>
+      <c r="A138" s="1"/>
+      <c r="B138" s="1">
+        <v>3</v>
+      </c>
+      <c r="C138" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="D138" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="E138" s="1"/>
+      <c r="F138" s="1"/>
+      <c r="G138" s="1" t="s">
+        <v>291</v>
       </c>
     </row>
     <row r="139" spans="1:9">
       <c r="A139" s="1"/>
       <c r="B139" s="1">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>77</v>
+        <v>19</v>
       </c>
       <c r="D139" s="1" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="E139" s="1"/>
       <c r="F139" s="1"/>
       <c r="G139" s="1" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
     </row>
     <row r="140" spans="1:9">
       <c r="A140" s="1"/>
       <c r="B140" s="1">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>84</v>
+        <v>19</v>
       </c>
       <c r="D140" s="1" t="s">
-        <v>85</v>
-[...3 lines deleted...]
-      </c>
+        <v>294</v>
+      </c>
+      <c r="E140" s="1"/>
       <c r="F140" s="1"/>
       <c r="G140" s="1" t="s">
-        <v>299</v>
-[...50 lines deleted...]
-        <v>305</v>
+        <v>295</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A2:A7"/>
     <mergeCell ref="A8:A12"/>
     <mergeCell ref="A13:A17"/>
     <mergeCell ref="A18:A22"/>
     <mergeCell ref="A23:A39"/>
-    <mergeCell ref="A40:A43"/>
-[...11 lines deleted...]
-    <mergeCell ref="A138:A143"/>
+    <mergeCell ref="A40:A42"/>
+    <mergeCell ref="A43:A48"/>
+    <mergeCell ref="A49:A60"/>
+    <mergeCell ref="A61:A70"/>
+    <mergeCell ref="A72:A82"/>
+    <mergeCell ref="A83:A90"/>
+    <mergeCell ref="A91:A101"/>
+    <mergeCell ref="A102:A109"/>
+    <mergeCell ref="A110:A117"/>
+    <mergeCell ref="A118:A124"/>
+    <mergeCell ref="A125:A130"/>
+    <mergeCell ref="A131:A134"/>
+    <mergeCell ref="A135:A140"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>