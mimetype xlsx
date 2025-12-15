--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="835">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="834">
   <si>
     <t>क्र. स.</t>
   </si>
   <si>
     <t>कार्यालय</t>
   </si>
   <si>
     <t>पद</t>
   </si>
   <si>
     <t>पुरा नाम</t>
   </si>
   <si>
     <t>क. स. न.</t>
   </si>
   <si>
     <t>फोन न.</t>
   </si>
   <si>
     <t>मोबाईल</t>
   </si>
   <si>
     <t>कैफियत</t>
   </si>
   <si>
@@ -1707,53 +1707,50 @@
     <t>श्री दिनेश चौधरी</t>
   </si>
   <si>
     <t>श्री सुवास बि.एम.</t>
   </si>
   <si>
     <t>रूपन्देही</t>
   </si>
   <si>
     <t>श्री मन्जु कुमारी जैसी ढकाल</t>
   </si>
   <si>
     <t>071-520487</t>
   </si>
   <si>
     <t>श्री मदन कुमार जि.सी.</t>
   </si>
   <si>
     <t>आन्तरिक लेखा परिक्षक अधिकृत</t>
   </si>
   <si>
     <t>श्री देव बहादुर घर्ति</t>
   </si>
   <si>
     <t>985-7061974</t>
-  </si>
-[...1 lines deleted...]
-    <t>श्री मधु प्रसाद भट्टराई</t>
   </si>
   <si>
     <t>श्री अविनाश अग्रहरी</t>
   </si>
   <si>
     <t>कृष्ण प्रसाद पाण्डे</t>
   </si>
   <si>
     <t>श्री पुजन ज्ञवाली</t>
   </si>
   <si>
     <t>कपिलवस्तु</t>
   </si>
   <si>
     <t>श्री रुक्मागत अर्याल</t>
   </si>
   <si>
     <t>076-561114</t>
   </si>
   <si>
     <t>9851215288/9857053454</t>
   </si>
   <si>
     <t>श्री पोष्टराज ज्ञवाली</t>
   </si>
@@ -2875,51 +2872,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I610"/>
+  <dimension ref="A1:I609"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C1" sqref="C1:C1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -9186,3230 +9183,3210 @@
     <row r="407" spans="1:9">
       <c r="C407" t="s">
         <v>562</v>
       </c>
       <c r="D407" t="s">
         <v>563</v>
       </c>
       <c r="F407" t="s">
         <v>560</v>
       </c>
       <c r="G407" t="s">
         <v>564</v>
       </c>
       <c r="H407" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="408" spans="1:9">
       <c r="C408" t="s">
         <v>12</v>
       </c>
       <c r="D408" t="s">
         <v>565</v>
       </c>
       <c r="E408">
-        <v>175817</v>
+        <v>202918</v>
       </c>
       <c r="F408" t="s">
         <v>560</v>
       </c>
       <c r="G408">
-        <v>9847046359</v>
+        <v>9857016442</v>
       </c>
       <c r="H408" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="409" spans="1:9">
       <c r="C409" t="s">
-        <v>12</v>
+        <v>76</v>
       </c>
       <c r="D409" t="s">
         <v>566</v>
       </c>
       <c r="E409">
-        <v>202918</v>
-[...2 lines deleted...]
-        <v>560</v>
+        <v>193863</v>
       </c>
       <c r="G409">
-        <v>9857016442</v>
+        <v>9847090507</v>
       </c>
       <c r="H409" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="410" spans="1:9">
       <c r="C410" t="s">
         <v>76</v>
       </c>
       <c r="D410" t="s">
         <v>567</v>
       </c>
-      <c r="E410">
-[...1 lines deleted...]
-      </c>
       <c r="G410">
-        <v>9847090507</v>
+        <v>9846122535</v>
       </c>
       <c r="H410" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="411" spans="1:9">
-      <c r="C411" t="s">
-[...2 lines deleted...]
-      <c r="D411" t="s">
+      <c r="A411">
+        <v>53</v>
+      </c>
+      <c r="B411" t="s">
         <v>568</v>
       </c>
-      <c r="G411">
-[...2 lines deleted...]
-      <c r="H411" t="s">
+    </row>
+    <row r="412" spans="1:9">
+      <c r="C412" t="s">
+        <v>60</v>
+      </c>
+      <c r="D412" t="s">
+        <v>569</v>
+      </c>
+      <c r="E412">
+        <v>191441</v>
+      </c>
+      <c r="F412" t="s">
+        <v>570</v>
+      </c>
+      <c r="G412" t="s">
+        <v>571</v>
+      </c>
+      <c r="H412" t="s">
         <v>551</v>
-      </c>
-[...6 lines deleted...]
-        <v>569</v>
       </c>
     </row>
     <row r="413" spans="1:9">
       <c r="C413" t="s">
-        <v>60</v>
+        <v>9</v>
       </c>
       <c r="D413" t="s">
+        <v>572</v>
+      </c>
+      <c r="E413">
+        <v>215527</v>
+      </c>
+      <c r="F413" t="s">
         <v>570</v>
       </c>
-      <c r="E413">
-[...6 lines deleted...]
-        <v>572</v>
+      <c r="G413">
+        <v>9857057427</v>
       </c>
       <c r="H413" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="414" spans="1:9">
       <c r="C414" t="s">
-        <v>9</v>
+        <v>38</v>
       </c>
       <c r="D414" t="s">
         <v>573</v>
       </c>
       <c r="E414">
-        <v>215527</v>
-[...2 lines deleted...]
-        <v>571</v>
+        <v>199355</v>
       </c>
       <c r="G414">
-        <v>9857057427</v>
+        <v>9867304193</v>
       </c>
       <c r="H414" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="415" spans="1:9">
       <c r="C415" t="s">
-        <v>38</v>
+        <v>574</v>
       </c>
       <c r="D415" t="s">
-        <v>574</v>
-[...2 lines deleted...]
-        <v>199355</v>
+        <v>575</v>
       </c>
       <c r="G415">
-        <v>9867304193</v>
+        <v>9857058237</v>
       </c>
       <c r="H415" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="416" spans="1:9">
       <c r="C416" t="s">
-        <v>575</v>
+        <v>12</v>
       </c>
       <c r="D416" t="s">
         <v>576</v>
       </c>
+      <c r="E416">
+        <v>200042</v>
+      </c>
+      <c r="F416" t="s">
+        <v>570</v>
+      </c>
       <c r="G416">
-        <v>9857058237</v>
+        <v>9857014822</v>
       </c>
       <c r="H416" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="417" spans="1:9">
       <c r="C417" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="D417" t="s">
         <v>577</v>
       </c>
-      <c r="E417">
-[...4 lines deleted...]
-      </c>
       <c r="G417">
-        <v>9857014822</v>
+        <v>9810655655</v>
       </c>
       <c r="H417" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="418" spans="1:9">
       <c r="C418" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="D418" t="s">
         <v>578</v>
       </c>
+      <c r="E418">
+        <v>152015</v>
+      </c>
       <c r="G418">
-        <v>9810655655</v>
+        <v>9857030970</v>
       </c>
       <c r="H418" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="419" spans="1:9">
-      <c r="C419" t="s">
+      <c r="A419">
         <v>54</v>
       </c>
-      <c r="D419" t="s">
+      <c r="B419" t="s">
         <v>579</v>
       </c>
-      <c r="E419">
-[...5 lines deleted...]
-      <c r="H419" t="s">
+    </row>
+    <row r="420" spans="1:9">
+      <c r="C420" t="s">
+        <v>60</v>
+      </c>
+      <c r="D420" t="s">
+        <v>580</v>
+      </c>
+      <c r="E420">
+        <v>180829</v>
+      </c>
+      <c r="F420" t="s">
+        <v>581</v>
+      </c>
+      <c r="G420">
+        <v>9841241966</v>
+      </c>
+      <c r="H420" t="s">
         <v>551</v>
-      </c>
-[...6 lines deleted...]
-        <v>580</v>
       </c>
     </row>
     <row r="421" spans="1:9">
       <c r="C421" t="s">
-        <v>60</v>
+        <v>9</v>
       </c>
       <c r="D421" t="s">
-        <v>581</v>
-[...2 lines deleted...]
-        <v>180829</v>
+        <v>582</v>
+      </c>
+      <c r="E421" t="s">
+        <v>583</v>
       </c>
       <c r="F421" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="G421">
-        <v>9841241966</v>
+        <v>9854045399</v>
       </c>
       <c r="H421" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="422" spans="1:9">
       <c r="C422" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="D422" t="s">
-        <v>583</v>
-[...1 lines deleted...]
-      <c r="E422" t="s">
+        <v>585</v>
+      </c>
+      <c r="E422">
+        <v>202535</v>
+      </c>
+      <c r="F422" t="s">
         <v>584</v>
       </c>
-      <c r="F422" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G422">
-        <v>9854045399</v>
+        <v>9868927728</v>
       </c>
       <c r="H422" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="423" spans="1:9">
       <c r="C423" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D423" t="s">
         <v>586</v>
       </c>
       <c r="E423">
-        <v>202535</v>
+        <v>206797</v>
       </c>
       <c r="F423" t="s">
-        <v>585</v>
+        <v>584</v>
       </c>
       <c r="G423">
-        <v>9868927728</v>
+        <v>9847175238</v>
       </c>
       <c r="H423" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="424" spans="1:9">
       <c r="C424" t="s">
         <v>12</v>
       </c>
       <c r="D424" t="s">
         <v>587</v>
       </c>
       <c r="E424">
-        <v>206797</v>
+        <v>219482</v>
       </c>
       <c r="F424" t="s">
-        <v>585</v>
+        <v>584</v>
       </c>
       <c r="G424">
-        <v>9847175238</v>
+        <v>9847116354</v>
       </c>
       <c r="H424" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="425" spans="1:9">
       <c r="C425" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
       <c r="D425" t="s">
         <v>588</v>
       </c>
       <c r="E425">
-        <v>219482</v>
-[...2 lines deleted...]
-        <v>585</v>
+        <v>160717</v>
       </c>
       <c r="G425">
-        <v>9847116354</v>
+        <v>9857062050</v>
       </c>
       <c r="H425" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="426" spans="1:9">
-      <c r="C426" t="s">
-[...2 lines deleted...]
-      <c r="D426" t="s">
+      <c r="A426">
+        <v>55</v>
+      </c>
+      <c r="B426" t="s">
         <v>589</v>
       </c>
-      <c r="E426">
-[...5 lines deleted...]
-      <c r="H426" t="s">
+    </row>
+    <row r="427" spans="1:9">
+      <c r="C427" t="s">
+        <v>60</v>
+      </c>
+      <c r="D427" t="s">
+        <v>590</v>
+      </c>
+      <c r="F427" t="s">
+        <v>591</v>
+      </c>
+      <c r="H427" t="s">
         <v>551</v>
-      </c>
-[...6 lines deleted...]
-        <v>590</v>
       </c>
     </row>
     <row r="428" spans="1:9">
       <c r="C428" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="D428" t="s">
-        <v>591</v>
-[...1 lines deleted...]
-      <c r="F428" t="s">
         <v>592</v>
+      </c>
+      <c r="E428">
+        <v>247987</v>
+      </c>
+      <c r="G428">
+        <v>9867460856</v>
       </c>
       <c r="H428" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="429" spans="1:9">
       <c r="C429" t="s">
-        <v>12</v>
+        <v>101</v>
       </c>
       <c r="D429" t="s">
         <v>593</v>
       </c>
-      <c r="E429">
-        <v>247987</v>
+      <c r="F429" t="s">
+        <v>591</v>
       </c>
       <c r="G429">
-        <v>9867460856</v>
+        <v>9843640539</v>
       </c>
       <c r="H429" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="430" spans="1:9">
       <c r="C430" t="s">
-        <v>101</v>
+        <v>12</v>
       </c>
       <c r="D430" t="s">
         <v>594</v>
       </c>
       <c r="F430" t="s">
-        <v>592</v>
+        <v>591</v>
       </c>
       <c r="G430">
-        <v>9843640539</v>
+        <v>9857066592</v>
       </c>
       <c r="H430" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="431" spans="1:9">
       <c r="C431" t="s">
-        <v>12</v>
+        <v>101</v>
       </c>
       <c r="D431" t="s">
         <v>595</v>
       </c>
-      <c r="F431" t="s">
-        <v>592</v>
+      <c r="E431">
+        <v>200571</v>
       </c>
       <c r="G431">
-        <v>9857066592</v>
+        <v>9847536418</v>
       </c>
       <c r="H431" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="432" spans="1:9">
       <c r="C432" t="s">
-        <v>101</v>
+        <v>30</v>
       </c>
       <c r="D432" t="s">
         <v>596</v>
       </c>
       <c r="E432">
-        <v>200571</v>
+        <v>246184</v>
       </c>
       <c r="G432">
-        <v>9847536418</v>
+        <v>9867173356</v>
       </c>
       <c r="H432" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="433" spans="1:9">
       <c r="C433" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="D433" t="s">
         <v>597</v>
       </c>
       <c r="E433">
-        <v>246184</v>
+        <v>230241</v>
       </c>
       <c r="G433">
-        <v>9867173356</v>
+        <v>9848106143</v>
       </c>
       <c r="H433" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="434" spans="1:9">
-      <c r="C434" t="s">
-[...2 lines deleted...]
-      <c r="D434" t="s">
+      <c r="A434">
+        <v>56</v>
+      </c>
+      <c r="B434" t="s">
         <v>598</v>
       </c>
-      <c r="E434">
-[...5 lines deleted...]
-      <c r="H434" t="s">
+    </row>
+    <row r="435" spans="1:9">
+      <c r="C435" t="s">
+        <v>60</v>
+      </c>
+      <c r="D435" t="s">
+        <v>599</v>
+      </c>
+      <c r="F435" t="s">
+        <v>600</v>
+      </c>
+      <c r="G435">
+        <v>9841702011</v>
+      </c>
+      <c r="H435" t="s">
         <v>551</v>
-      </c>
-[...6 lines deleted...]
-        <v>599</v>
       </c>
     </row>
     <row r="436" spans="1:9">
       <c r="C436" t="s">
-        <v>60</v>
+        <v>9</v>
       </c>
       <c r="D436" t="s">
-        <v>600</v>
-[...1 lines deleted...]
-      <c r="F436" t="s">
         <v>601</v>
       </c>
+      <c r="E436">
+        <v>220364</v>
+      </c>
       <c r="G436">
-        <v>9841702011</v>
+        <v>9847187115</v>
       </c>
       <c r="H436" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="437" spans="1:9">
       <c r="C437" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D437" t="s">
         <v>602</v>
       </c>
       <c r="E437">
-        <v>220364</v>
+        <v>153723</v>
+      </c>
+      <c r="F437" t="s">
+        <v>603</v>
       </c>
       <c r="G437">
-        <v>9847187115</v>
+        <v>9857064556</v>
       </c>
       <c r="H437" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="438" spans="1:9">
       <c r="C438" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
       <c r="D438" t="s">
+        <v>604</v>
+      </c>
+      <c r="E438">
+        <v>202750</v>
+      </c>
+      <c r="F438" t="s">
         <v>603</v>
       </c>
-      <c r="E438">
-[...4 lines deleted...]
-      </c>
       <c r="G438">
-        <v>9857064556</v>
+        <v>9857034150</v>
       </c>
       <c r="H438" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="439" spans="1:9">
       <c r="C439" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="D439" t="s">
         <v>605</v>
       </c>
       <c r="E439">
-        <v>202750</v>
+        <v>219848</v>
       </c>
       <c r="F439" t="s">
-        <v>604</v>
+        <v>603</v>
       </c>
       <c r="G439">
-        <v>9857034150</v>
+        <v>9841069228</v>
       </c>
       <c r="H439" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="440" spans="1:9">
-      <c r="C440" t="s">
-[...2 lines deleted...]
-      <c r="D440" t="s">
+      <c r="A440">
+        <v>57</v>
+      </c>
+      <c r="B440" t="s">
         <v>606</v>
       </c>
-      <c r="E440">
-[...8 lines deleted...]
-      <c r="H440" t="s">
+    </row>
+    <row r="441" spans="1:9">
+      <c r="C441" t="s">
+        <v>36</v>
+      </c>
+      <c r="D441" t="s">
+        <v>607</v>
+      </c>
+      <c r="E441" t="s">
+        <v>608</v>
+      </c>
+      <c r="G441">
+        <v>9860006268</v>
+      </c>
+      <c r="H441" t="s">
         <v>551</v>
-      </c>
-[...6 lines deleted...]
-        <v>607</v>
       </c>
     </row>
     <row r="442" spans="1:9">
       <c r="C442" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="D442" t="s">
-        <v>608</v>
-[...1 lines deleted...]
-      <c r="E442" t="s">
         <v>609</v>
       </c>
+      <c r="E442">
+        <v>184139</v>
+      </c>
+      <c r="F442" t="s">
+        <v>610</v>
+      </c>
       <c r="G442">
-        <v>9860006268</v>
+        <v>9858054910</v>
       </c>
       <c r="H442" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="443" spans="1:9">
       <c r="C443" t="s">
         <v>12</v>
       </c>
       <c r="D443" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="E443">
-        <v>184139</v>
-[...2 lines deleted...]
-        <v>611</v>
+        <v>244688</v>
       </c>
       <c r="G443">
-        <v>9858054910</v>
+        <v>9860377740</v>
       </c>
       <c r="H443" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="444" spans="1:9">
-      <c r="C444" t="s">
-[...2 lines deleted...]
-      <c r="D444" t="s">
+      <c r="A444">
+        <v>58</v>
+      </c>
+      <c r="B444" t="s">
         <v>612</v>
       </c>
-      <c r="E444">
-[...5 lines deleted...]
-      <c r="H444" t="s">
+    </row>
+    <row r="445" spans="1:9">
+      <c r="C445" t="s">
+        <v>60</v>
+      </c>
+      <c r="D445" t="s">
+        <v>613</v>
+      </c>
+      <c r="F445" t="s">
+        <v>614</v>
+      </c>
+      <c r="G445">
+        <v>9857826296</v>
+      </c>
+      <c r="H445" t="s">
         <v>551</v>
-      </c>
-[...6 lines deleted...]
-        <v>613</v>
       </c>
     </row>
     <row r="446" spans="1:9">
       <c r="C446" t="s">
-        <v>60</v>
+        <v>9</v>
       </c>
       <c r="D446" t="s">
+        <v>615</v>
+      </c>
+      <c r="F446" t="s">
         <v>614</v>
       </c>
-      <c r="F446" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G446">
-        <v>9857826296</v>
+        <v>9847850693</v>
       </c>
       <c r="H446" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="447" spans="1:9">
       <c r="C447" t="s">
-        <v>9</v>
+        <v>72</v>
       </c>
       <c r="D447" t="s">
         <v>616</v>
       </c>
-      <c r="F447" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G447">
-        <v>9847850693</v>
+        <v>9867103331</v>
       </c>
       <c r="H447" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="448" spans="1:9">
       <c r="C448" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="D448" t="s">
         <v>617</v>
       </c>
+      <c r="F448" t="s">
+        <v>618</v>
+      </c>
       <c r="G448">
-        <v>9867103331</v>
+        <v>9843282023</v>
       </c>
       <c r="H448" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="449" spans="1:9">
       <c r="C449" t="s">
         <v>12</v>
       </c>
       <c r="D449" t="s">
-        <v>618</v>
-[...1 lines deleted...]
-      <c r="F449" t="s">
         <v>619</v>
       </c>
+      <c r="E449">
+        <v>244739</v>
+      </c>
       <c r="G449">
-        <v>9843282023</v>
+        <v>9869740316</v>
       </c>
       <c r="H449" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="450" spans="1:9">
       <c r="C450" t="s">
         <v>12</v>
       </c>
       <c r="D450" t="s">
         <v>620</v>
       </c>
-      <c r="E450">
-[...1 lines deleted...]
-      </c>
       <c r="G450">
-        <v>9869740316</v>
-[...2 lines deleted...]
-        <v>551</v>
+        <v>9869720918</v>
       </c>
     </row>
     <row r="451" spans="1:9">
       <c r="C451" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D451" t="s">
         <v>621</v>
       </c>
+      <c r="E451">
+        <v>246327</v>
+      </c>
       <c r="G451">
-        <v>9869720918</v>
+        <v>9843432106</v>
+      </c>
+      <c r="H451" t="s">
+        <v>551</v>
       </c>
     </row>
     <row r="452" spans="1:9">
-      <c r="C452" t="s">
-[...2 lines deleted...]
-      <c r="D452" t="s">
+      <c r="A452">
+        <v>59</v>
+      </c>
+      <c r="B452" t="s">
         <v>622</v>
       </c>
-      <c r="E452">
-[...5 lines deleted...]
-      <c r="H452" t="s">
+    </row>
+    <row r="453" spans="1:9">
+      <c r="C453" t="s">
+        <v>33</v>
+      </c>
+      <c r="D453" t="s">
+        <v>543</v>
+      </c>
+      <c r="E453" t="s">
+        <v>623</v>
+      </c>
+      <c r="G453">
+        <v>9847624366</v>
+      </c>
+      <c r="H453" t="s">
         <v>551</v>
-      </c>
-[...6 lines deleted...]
-        <v>623</v>
       </c>
     </row>
     <row r="454" spans="1:9">
       <c r="C454" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="D454" t="s">
-        <v>543</v>
-[...1 lines deleted...]
-      <c r="E454" t="s">
         <v>624</v>
       </c>
+      <c r="F454" t="s">
+        <v>625</v>
+      </c>
       <c r="G454">
-        <v>9847624366</v>
+        <v>9840477862</v>
       </c>
       <c r="H454" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="455" spans="1:9">
       <c r="C455" t="s">
-        <v>9</v>
+        <v>372</v>
       </c>
       <c r="D455" t="s">
-        <v>625</v>
-[...1 lines deleted...]
-      <c r="F455" t="s">
         <v>626</v>
       </c>
       <c r="G455">
-        <v>9840477862</v>
+        <v>9845585625</v>
       </c>
       <c r="H455" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="456" spans="1:9">
       <c r="C456" t="s">
-        <v>372</v>
+        <v>12</v>
       </c>
       <c r="D456" t="s">
         <v>627</v>
       </c>
+      <c r="E456">
+        <v>229106</v>
+      </c>
+      <c r="F456" t="s">
+        <v>625</v>
+      </c>
       <c r="G456">
-        <v>9845585625</v>
+        <v>9868362582</v>
       </c>
       <c r="H456" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="457" spans="1:9">
       <c r="C457" t="s">
         <v>12</v>
       </c>
       <c r="D457" t="s">
         <v>628</v>
       </c>
-      <c r="E457">
-[...1 lines deleted...]
-      </c>
       <c r="F457" t="s">
-        <v>626</v>
+        <v>625</v>
       </c>
       <c r="G457">
-        <v>9868362582</v>
+        <v>9847159964</v>
       </c>
       <c r="H457" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="458" spans="1:9">
       <c r="C458" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D458" t="s">
         <v>629</v>
       </c>
-      <c r="F458" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G458">
-        <v>9847159964</v>
+        <v>9851167833</v>
       </c>
       <c r="H458" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="459" spans="1:9">
-      <c r="C459" t="s">
-[...2 lines deleted...]
-      <c r="D459" t="s">
+      <c r="A459">
+        <v>60</v>
+      </c>
+      <c r="B459" t="s">
         <v>630</v>
       </c>
-      <c r="G459">
-[...2 lines deleted...]
-      <c r="H459" t="s">
+    </row>
+    <row r="460" spans="1:9">
+      <c r="C460" t="s">
+        <v>60</v>
+      </c>
+      <c r="D460" t="s">
+        <v>631</v>
+      </c>
+      <c r="F460" t="s">
+        <v>632</v>
+      </c>
+      <c r="G460">
+        <v>9848171085</v>
+      </c>
+      <c r="H460" t="s">
         <v>551</v>
-      </c>
-[...6 lines deleted...]
-        <v>631</v>
       </c>
     </row>
     <row r="461" spans="1:9">
       <c r="C461" t="s">
-        <v>60</v>
+        <v>9</v>
       </c>
       <c r="D461" t="s">
+        <v>95</v>
+      </c>
+      <c r="E461" t="s">
+        <v>633</v>
+      </c>
+      <c r="F461" t="s">
         <v>632</v>
       </c>
-      <c r="F461" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G461">
-        <v>9848171085</v>
+        <v>9847928401</v>
       </c>
       <c r="H461" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="462" spans="1:9">
       <c r="C462" t="s">
-        <v>9</v>
+        <v>54</v>
       </c>
       <c r="D462" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="E462" t="s">
         <v>634</v>
       </c>
+      <c r="E462">
+        <v>187642</v>
+      </c>
       <c r="F462" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="G462">
-        <v>9847928401</v>
+        <v>9847804349</v>
       </c>
       <c r="H462" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="463" spans="1:9">
       <c r="C463" t="s">
         <v>54</v>
       </c>
       <c r="D463" t="s">
+        <v>636</v>
+      </c>
+      <c r="E463">
+        <v>126321</v>
+      </c>
+      <c r="F463" t="s">
         <v>635</v>
       </c>
-      <c r="E463">
-[...4 lines deleted...]
-      </c>
       <c r="G463">
-        <v>9847804349</v>
+        <v>9857834365</v>
       </c>
       <c r="H463" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="464" spans="1:9">
       <c r="C464" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="D464" t="s">
         <v>637</v>
       </c>
       <c r="E464">
-        <v>126321</v>
-[...2 lines deleted...]
-        <v>636</v>
+        <v>172786</v>
       </c>
       <c r="G464">
-        <v>9857834365</v>
+        <v>9866970790</v>
       </c>
       <c r="H464" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="465" spans="1:9">
       <c r="C465" t="s">
         <v>12</v>
       </c>
       <c r="D465" t="s">
         <v>638</v>
       </c>
       <c r="E465">
-        <v>172786</v>
+        <v>176321</v>
+      </c>
+      <c r="F465" t="s">
+        <v>635</v>
       </c>
       <c r="G465">
-        <v>9866970790</v>
+        <v>9847825580</v>
       </c>
       <c r="H465" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="466" spans="1:9">
       <c r="C466" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="D466" t="s">
         <v>639</v>
       </c>
       <c r="E466">
-        <v>176321</v>
+        <v>219636</v>
       </c>
       <c r="F466" t="s">
-        <v>636</v>
+        <v>635</v>
       </c>
       <c r="G466">
-        <v>9847825580</v>
+        <v>9847880591</v>
       </c>
       <c r="H466" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="467" spans="1:9">
-      <c r="C467" t="s">
-[...2 lines deleted...]
-      <c r="D467" t="s">
+      <c r="A467">
+        <v>61</v>
+      </c>
+      <c r="B467" t="s">
         <v>640</v>
       </c>
-      <c r="E467">
-[...8 lines deleted...]
-      <c r="H467" t="s">
+    </row>
+    <row r="468" spans="1:9">
+      <c r="C468" t="s">
+        <v>60</v>
+      </c>
+      <c r="D468" t="s">
+        <v>641</v>
+      </c>
+      <c r="F468" t="s">
+        <v>642</v>
+      </c>
+      <c r="G468">
+        <v>9858040377</v>
+      </c>
+      <c r="H468" t="s">
         <v>551</v>
-      </c>
-[...6 lines deleted...]
-        <v>641</v>
       </c>
     </row>
     <row r="469" spans="1:9">
       <c r="C469" t="s">
-        <v>60</v>
+        <v>9</v>
       </c>
       <c r="D469" t="s">
+        <v>643</v>
+      </c>
+      <c r="E469">
+        <v>154084</v>
+      </c>
+      <c r="F469" t="s">
         <v>642</v>
       </c>
-      <c r="F469" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G469">
-        <v>9858040377</v>
+        <v>9847996222</v>
       </c>
       <c r="H469" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="470" spans="1:9">
       <c r="C470" t="s">
-        <v>9</v>
+        <v>644</v>
       </c>
       <c r="D470" t="s">
-        <v>644</v>
-[...2 lines deleted...]
-        <v>154084</v>
+        <v>645</v>
       </c>
       <c r="F470" t="s">
-        <v>643</v>
+        <v>642</v>
       </c>
       <c r="G470">
-        <v>9847996222</v>
+        <v>9869966881</v>
       </c>
       <c r="H470" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="471" spans="1:9">
       <c r="C471" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D471" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="F471" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="G471">
-        <v>9869966881</v>
+        <v>9858026940</v>
       </c>
       <c r="H471" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="472" spans="1:9">
       <c r="C472" t="s">
-        <v>647</v>
+        <v>54</v>
       </c>
       <c r="D472" t="s">
-        <v>648</v>
-[...1 lines deleted...]
-      <c r="F472" t="s">
         <v>649</v>
       </c>
+      <c r="E472">
+        <v>216718</v>
+      </c>
       <c r="G472">
-        <v>9858026940</v>
+        <v>9848357488</v>
       </c>
       <c r="H472" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="473" spans="1:9">
       <c r="C473" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="D473" t="s">
         <v>650</v>
       </c>
       <c r="E473">
-        <v>216718</v>
+        <v>168247</v>
+      </c>
+      <c r="F473" t="s">
+        <v>642</v>
       </c>
       <c r="G473">
-        <v>9848357488</v>
+        <v>9847844436</v>
       </c>
       <c r="H473" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="474" spans="1:9">
       <c r="C474" t="s">
-        <v>12</v>
+        <v>651</v>
       </c>
       <c r="D474" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-        <v>168247</v>
+        <v>652</v>
       </c>
       <c r="F474" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="G474">
-        <v>9847844436</v>
+        <v>9848011202</v>
       </c>
       <c r="H474" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="475" spans="1:9">
       <c r="C475" t="s">
-        <v>652</v>
+        <v>12</v>
       </c>
       <c r="D475" t="s">
         <v>653</v>
       </c>
+      <c r="E475">
+        <v>196946</v>
+      </c>
       <c r="F475" t="s">
-        <v>649</v>
+        <v>642</v>
       </c>
       <c r="G475">
-        <v>9848011202</v>
+        <v>9858040889</v>
       </c>
       <c r="H475" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="476" spans="1:9">
       <c r="C476" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D476" t="s">
         <v>654</v>
       </c>
       <c r="E476">
-        <v>196946</v>
-[...2 lines deleted...]
-        <v>643</v>
+        <v>234658</v>
       </c>
       <c r="G476">
-        <v>9858040889</v>
+        <v>9868254965</v>
       </c>
       <c r="H476" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="477" spans="1:9">
       <c r="C477" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D477" t="s">
         <v>655</v>
       </c>
       <c r="E477">
-        <v>234658</v>
+        <v>204905</v>
+      </c>
+      <c r="F477" t="s">
+        <v>642</v>
       </c>
       <c r="G477">
-        <v>9868254965</v>
+        <v>9858047909</v>
       </c>
       <c r="H477" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="478" spans="1:9">
-      <c r="C478" t="s">
-[...2 lines deleted...]
-      <c r="D478" t="s">
+      <c r="A478">
+        <v>62</v>
+      </c>
+      <c r="B478" t="s">
         <v>656</v>
       </c>
-      <c r="E478">
-[...8 lines deleted...]
-      <c r="H478" t="s">
+    </row>
+    <row r="479" spans="1:9">
+      <c r="C479" t="s">
+        <v>33</v>
+      </c>
+      <c r="D479" t="s">
+        <v>657</v>
+      </c>
+      <c r="F479" t="s">
+        <v>658</v>
+      </c>
+      <c r="G479">
+        <v>9848725838</v>
+      </c>
+      <c r="H479" t="s">
         <v>551</v>
-      </c>
-[...6 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="480" spans="1:9">
       <c r="C480" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="D480" t="s">
-        <v>658</v>
-[...1 lines deleted...]
-      <c r="F480" t="s">
         <v>659</v>
       </c>
+      <c r="E480">
+        <v>246620</v>
+      </c>
       <c r="G480">
-        <v>9848725838</v>
+        <v>9858026140</v>
       </c>
       <c r="H480" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="481" spans="1:9">
       <c r="C481" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="D481" t="s">
         <v>660</v>
       </c>
       <c r="E481">
-        <v>246620</v>
+        <v>205103</v>
+      </c>
+      <c r="F481" t="s">
+        <v>658</v>
       </c>
       <c r="G481">
         <v>9858026140</v>
       </c>
       <c r="H481" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="482" spans="1:9">
       <c r="C482" t="s">
-        <v>27</v>
+        <v>661</v>
       </c>
       <c r="D482" t="s">
-        <v>661</v>
-[...2 lines deleted...]
-        <v>205103</v>
+        <v>662</v>
       </c>
       <c r="F482" t="s">
-        <v>659</v>
+        <v>658</v>
       </c>
       <c r="G482">
-        <v>9858026140</v>
+        <v>9858078969</v>
       </c>
       <c r="H482" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="483" spans="1:9">
       <c r="C483" t="s">
-        <v>662</v>
+        <v>12</v>
       </c>
       <c r="D483" t="s">
         <v>663</v>
       </c>
+      <c r="E483">
+        <v>197748</v>
+      </c>
       <c r="F483" t="s">
-        <v>659</v>
+        <v>658</v>
       </c>
       <c r="G483">
-        <v>9858078969</v>
+        <v>9858320442</v>
       </c>
       <c r="H483" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="484" spans="1:9">
       <c r="C484" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="D484" t="s">
         <v>664</v>
       </c>
       <c r="E484">
-        <v>197748</v>
+        <v>200259</v>
       </c>
       <c r="F484" t="s">
-        <v>659</v>
+        <v>658</v>
       </c>
       <c r="G484">
-        <v>9858320442</v>
+        <v>9848231199</v>
       </c>
       <c r="H484" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="485" spans="1:9">
-      <c r="C485" t="s">
-[...2 lines deleted...]
-      <c r="D485" t="s">
+      <c r="A485">
+        <v>63</v>
+      </c>
+      <c r="B485" t="s">
         <v>665</v>
       </c>
-      <c r="E485">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="486" spans="1:9">
-      <c r="A486">
-[...2 lines deleted...]
-      <c r="B486" t="s">
+      <c r="C486" t="s">
+        <v>36</v>
+      </c>
+      <c r="D486" t="s">
         <v>666</v>
+      </c>
+      <c r="F486" t="s">
+        <v>667</v>
+      </c>
+      <c r="G486">
+        <v>9867399539</v>
+      </c>
+      <c r="H486" t="s">
+        <v>668</v>
       </c>
     </row>
     <row r="487" spans="1:9">
       <c r="C487" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="D487" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="F487" t="s">
+        <v>670</v>
+      </c>
+      <c r="G487">
+        <v>9857872075</v>
+      </c>
+      <c r="H487" t="s">
         <v>668</v>
-      </c>
-[...4 lines deleted...]
-        <v>669</v>
       </c>
     </row>
     <row r="488" spans="1:9">
       <c r="C488" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="D488" t="s">
-        <v>670</v>
-[...1 lines deleted...]
-      <c r="F488" t="s">
         <v>671</v>
       </c>
+      <c r="E488">
+        <v>201972</v>
+      </c>
       <c r="G488">
-        <v>9857872075</v>
+        <v>9843245771</v>
       </c>
       <c r="H488" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="489" spans="1:9">
       <c r="C489" t="s">
         <v>12</v>
       </c>
       <c r="D489" t="s">
         <v>672</v>
       </c>
       <c r="E489">
-        <v>201972</v>
+        <v>149870</v>
       </c>
       <c r="G489">
-        <v>9843245771</v>
+        <v>9847852291</v>
       </c>
       <c r="H489" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="490" spans="1:9">
       <c r="C490" t="s">
         <v>12</v>
       </c>
       <c r="D490" t="s">
         <v>673</v>
       </c>
       <c r="E490">
-        <v>149870</v>
+        <v>204293</v>
       </c>
       <c r="G490">
-        <v>9847852291</v>
+        <v>9851222284</v>
       </c>
       <c r="H490" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="491" spans="1:9">
-      <c r="C491" t="s">
-[...2 lines deleted...]
-      <c r="D491" t="s">
+      <c r="A491">
+        <v>64</v>
+      </c>
+      <c r="B491" t="s">
         <v>674</v>
       </c>
-      <c r="E491">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="492" spans="1:9">
-      <c r="A492">
-[...2 lines deleted...]
-      <c r="B492" t="s">
+      <c r="C492" t="s">
+        <v>33</v>
+      </c>
+      <c r="D492" t="s">
         <v>675</v>
+      </c>
+      <c r="E492">
+        <v>140561</v>
+      </c>
+      <c r="F492" t="s">
+        <v>676</v>
+      </c>
+      <c r="G492">
+        <v>9857822082</v>
+      </c>
+      <c r="H492" t="s">
+        <v>668</v>
       </c>
     </row>
     <row r="493" spans="1:9">
       <c r="C493" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="D493" t="s">
-        <v>676</v>
-[...2 lines deleted...]
-        <v>140561</v>
+        <v>677</v>
+      </c>
+      <c r="E493" t="s">
+        <v>678</v>
       </c>
       <c r="F493" t="s">
-        <v>677</v>
-[...2 lines deleted...]
-        <v>9857822082</v>
+        <v>679</v>
+      </c>
+      <c r="G493" t="s">
+        <v>680</v>
       </c>
       <c r="H493" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="494" spans="1:9">
       <c r="C494" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D494" t="s">
-        <v>678</v>
-[...7 lines deleted...]
-      <c r="G494" t="s">
         <v>681</v>
       </c>
+      <c r="G494">
+        <v>9809592770</v>
+      </c>
       <c r="H494" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="495" spans="1:9">
       <c r="C495" t="s">
-        <v>12</v>
+        <v>101</v>
       </c>
       <c r="D495" t="s">
         <v>682</v>
       </c>
       <c r="G495">
-        <v>9809592770</v>
+        <v>9858061374</v>
       </c>
       <c r="H495" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="496" spans="1:9">
       <c r="C496" t="s">
         <v>101</v>
       </c>
       <c r="D496" t="s">
         <v>683</v>
       </c>
       <c r="G496">
-        <v>9858061374</v>
+        <v>9858051375</v>
       </c>
       <c r="H496" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="497" spans="1:9">
       <c r="C497" t="s">
-        <v>101</v>
+        <v>12</v>
       </c>
       <c r="D497" t="s">
         <v>684</v>
       </c>
+      <c r="E497">
+        <v>228322</v>
+      </c>
       <c r="G497">
-        <v>9858051375</v>
+        <v>9844884228</v>
       </c>
       <c r="H497" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="498" spans="1:9">
-      <c r="C498" t="s">
-[...2 lines deleted...]
-      <c r="D498" t="s">
+      <c r="A498">
+        <v>65</v>
+      </c>
+      <c r="B498" t="s">
         <v>685</v>
       </c>
-      <c r="E498">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="499" spans="1:9">
-      <c r="A499">
-[...2 lines deleted...]
-      <c r="B499" t="s">
+      <c r="C499" t="s">
+        <v>36</v>
+      </c>
+      <c r="D499" t="s">
         <v>686</v>
+      </c>
+      <c r="E499">
+        <v>247048</v>
+      </c>
+      <c r="G499">
+        <v>9868001143</v>
+      </c>
+      <c r="H499" t="s">
+        <v>668</v>
       </c>
     </row>
     <row r="500" spans="1:9">
       <c r="C500" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="D500" t="s">
         <v>687</v>
       </c>
-      <c r="E500">
-        <v>247048</v>
+      <c r="F500" t="s">
+        <v>688</v>
       </c>
       <c r="G500">
-        <v>9868001143</v>
+        <v>9840336477</v>
       </c>
       <c r="H500" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="501" spans="1:9">
       <c r="C501" t="s">
         <v>12</v>
       </c>
       <c r="D501" t="s">
-        <v>688</v>
-[...1 lines deleted...]
-      <c r="F501" t="s">
         <v>689</v>
       </c>
+      <c r="E501">
+        <v>179692</v>
+      </c>
       <c r="G501">
-        <v>9840336477</v>
+        <v>9858366030</v>
       </c>
       <c r="H501" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="502" spans="1:9">
       <c r="C502" t="s">
         <v>12</v>
       </c>
       <c r="D502" t="s">
         <v>690</v>
       </c>
-      <c r="E502">
-[...3 lines deleted...]
-        <v>9858366030</v>
+      <c r="E502" t="s">
+        <v>691</v>
+      </c>
+      <c r="G502" t="s">
+        <v>692</v>
       </c>
       <c r="H502" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="503" spans="1:9">
       <c r="C503" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="D503" t="s">
-        <v>691</v>
-[...2 lines deleted...]
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="G503" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="H503" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="504" spans="1:9">
-      <c r="C504" t="s">
-[...5 lines deleted...]
-      <c r="G504" t="s">
+      <c r="A504">
+        <v>66</v>
+      </c>
+      <c r="B504" t="s">
         <v>695</v>
       </c>
-      <c r="H504" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="505" spans="1:9">
-      <c r="A505">
-[...2 lines deleted...]
-      <c r="B505" t="s">
+      <c r="C505" t="s">
+        <v>9</v>
+      </c>
+      <c r="D505" t="s">
         <v>696</v>
+      </c>
+      <c r="G505">
+        <v>9858320316</v>
+      </c>
+      <c r="H505" t="s">
+        <v>668</v>
       </c>
     </row>
     <row r="506" spans="1:9">
       <c r="C506" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="D506" t="s">
         <v>697</v>
       </c>
-      <c r="G506">
-        <v>9858320316</v>
+      <c r="F506" t="s">
+        <v>698</v>
       </c>
       <c r="H506" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="507" spans="1:9">
       <c r="C507" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="D507" t="s">
-        <v>698</v>
-[...1 lines deleted...]
-      <c r="F507" t="s">
         <v>699</v>
       </c>
+      <c r="G507" t="s">
+        <v>700</v>
+      </c>
       <c r="H507" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="508" spans="1:9">
       <c r="C508" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D508" t="s">
-        <v>700</v>
-[...1 lines deleted...]
-      <c r="G508" t="s">
         <v>701</v>
       </c>
+      <c r="G508">
+        <v>9858322116</v>
+      </c>
       <c r="H508" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="509" spans="1:9">
       <c r="C509" t="s">
-        <v>12</v>
+        <v>101</v>
       </c>
       <c r="D509" t="s">
         <v>702</v>
       </c>
+      <c r="E509">
+        <v>224310</v>
+      </c>
       <c r="G509">
-        <v>9858322116</v>
+        <v>9848313595</v>
       </c>
       <c r="H509" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="510" spans="1:9">
       <c r="C510" t="s">
-        <v>101</v>
+        <v>30</v>
       </c>
       <c r="D510" t="s">
         <v>703</v>
       </c>
-      <c r="E510">
-[...1 lines deleted...]
-      </c>
       <c r="G510">
-        <v>9848313595</v>
+        <v>9858322263</v>
       </c>
       <c r="H510" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="511" spans="1:9">
-      <c r="C511" t="s">
-[...2 lines deleted...]
-      <c r="D511" t="s">
+      <c r="A511">
+        <v>67</v>
+      </c>
+      <c r="B511" t="s">
         <v>704</v>
       </c>
-      <c r="G511">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="512" spans="1:9">
-      <c r="A512">
-[...2 lines deleted...]
-      <c r="B512" t="s">
+      <c r="C512" t="s">
+        <v>9</v>
+      </c>
+      <c r="D512" t="s">
         <v>705</v>
+      </c>
+      <c r="E512">
+        <v>234446</v>
+      </c>
+      <c r="F512" t="s">
+        <v>706</v>
+      </c>
+      <c r="G512">
+        <v>9858322035</v>
+      </c>
+      <c r="H512" t="s">
+        <v>668</v>
       </c>
     </row>
     <row r="513" spans="1:9">
       <c r="C513" t="s">
-        <v>9</v>
+        <v>89</v>
       </c>
       <c r="D513" t="s">
-        <v>706</v>
-[...4 lines deleted...]
-      <c r="F513" t="s">
         <v>707</v>
       </c>
+      <c r="E513" t="s">
+        <v>708</v>
+      </c>
       <c r="G513">
-        <v>9858322035</v>
+        <v>9851363818</v>
       </c>
       <c r="H513" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="514" spans="1:9">
-      <c r="C514" t="s">
-[...5 lines deleted...]
-      <c r="E514" t="s">
+      <c r="A514">
+        <v>68</v>
+      </c>
+      <c r="B514" t="s">
         <v>709</v>
       </c>
-      <c r="G514">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="515" spans="1:9">
-      <c r="A515">
-[...2 lines deleted...]
-      <c r="B515" t="s">
+      <c r="C515" t="s">
+        <v>36</v>
+      </c>
+      <c r="D515" t="s">
         <v>710</v>
+      </c>
+      <c r="F515" t="s">
+        <v>711</v>
+      </c>
+      <c r="G515">
+        <v>9858320736</v>
+      </c>
+      <c r="H515" t="s">
+        <v>668</v>
       </c>
     </row>
     <row r="516" spans="1:9">
       <c r="C516" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="D516" t="s">
-        <v>711</v>
-[...1 lines deleted...]
-      <c r="F516" t="s">
         <v>712</v>
       </c>
-      <c r="G516">
-        <v>9858320736</v>
+      <c r="E516" t="s">
+        <v>713</v>
       </c>
       <c r="H516" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="517" spans="1:9">
       <c r="C517" t="s">
-        <v>12</v>
+        <v>101</v>
       </c>
       <c r="D517" t="s">
-        <v>713</v>
-[...1 lines deleted...]
-      <c r="E517" t="s">
         <v>714</v>
       </c>
+      <c r="G517">
+        <v>9868220069</v>
+      </c>
       <c r="H517" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="518" spans="1:9">
       <c r="C518" t="s">
-        <v>101</v>
+        <v>18</v>
       </c>
       <c r="D518" t="s">
         <v>715</v>
       </c>
+      <c r="E518">
+        <v>228670</v>
+      </c>
       <c r="G518">
-        <v>9868220069</v>
+        <v>9848570037</v>
       </c>
       <c r="H518" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="519" spans="1:9">
-      <c r="C519" t="s">
-[...2 lines deleted...]
-      <c r="D519" t="s">
+      <c r="A519">
+        <v>69</v>
+      </c>
+      <c r="B519" t="s">
         <v>716</v>
       </c>
-      <c r="E519">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="520" spans="1:9">
-      <c r="A520">
-[...2 lines deleted...]
-      <c r="B520" t="s">
+      <c r="C520" t="s">
+        <v>36</v>
+      </c>
+      <c r="D520" t="s">
         <v>717</v>
+      </c>
+      <c r="E520">
+        <v>213898</v>
+      </c>
+      <c r="F520" t="s">
+        <v>718</v>
+      </c>
+      <c r="G520">
+        <v>9858320117</v>
+      </c>
+      <c r="H520" t="s">
+        <v>668</v>
       </c>
     </row>
     <row r="521" spans="1:9">
       <c r="C521" t="s">
-        <v>36</v>
+        <v>15</v>
       </c>
       <c r="D521" t="s">
-        <v>718</v>
-[...4 lines deleted...]
-      <c r="F521" t="s">
         <v>719</v>
       </c>
+      <c r="E521" t="s">
+        <v>720</v>
+      </c>
       <c r="G521">
-        <v>9858320117</v>
+        <v>9858391117</v>
       </c>
       <c r="H521" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="522" spans="1:9">
       <c r="C522" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D522" t="s">
-        <v>720</v>
+        <v>649</v>
       </c>
       <c r="E522" t="s">
         <v>721</v>
       </c>
       <c r="G522">
-        <v>9858391117</v>
+        <v>9858088499</v>
       </c>
       <c r="H522" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="523" spans="1:9">
       <c r="C523" t="s">
         <v>12</v>
       </c>
       <c r="D523" t="s">
-        <v>650</v>
-[...1 lines deleted...]
-      <c r="E523" t="s">
         <v>722</v>
       </c>
+      <c r="E523">
+        <v>247226</v>
+      </c>
       <c r="G523">
-        <v>9858088499</v>
+        <v>9842251727</v>
       </c>
       <c r="H523" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="524" spans="1:9">
       <c r="C524" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D524" t="s">
         <v>723</v>
       </c>
-      <c r="E524">
-[...1 lines deleted...]
-      </c>
       <c r="G524">
-        <v>9842251727</v>
+        <v>9742959965</v>
       </c>
       <c r="H524" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="525" spans="1:9">
-      <c r="C525" t="s">
-[...2 lines deleted...]
-      <c r="D525" t="s">
+      <c r="A525">
+        <v>70</v>
+      </c>
+      <c r="B525" t="s">
         <v>724</v>
       </c>
-      <c r="G525">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="526" spans="1:9">
-      <c r="A526">
-[...2 lines deleted...]
-      <c r="B526" t="s">
+      <c r="C526" t="s">
+        <v>36</v>
+      </c>
+      <c r="D526" t="s">
         <v>725</v>
+      </c>
+      <c r="E526" t="s">
+        <v>726</v>
+      </c>
+      <c r="F526" t="s">
+        <v>727</v>
+      </c>
+      <c r="G526" t="s">
+        <v>728</v>
+      </c>
+      <c r="H526" t="s">
+        <v>668</v>
       </c>
     </row>
     <row r="527" spans="1:9">
       <c r="C527" t="s">
-        <v>36</v>
+        <v>101</v>
       </c>
       <c r="D527" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="E527" t="s">
-        <v>727</v>
-[...2 lines deleted...]
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="G527" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="H527" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="528" spans="1:9">
       <c r="C528" t="s">
         <v>101</v>
       </c>
       <c r="D528" t="s">
-        <v>730</v>
-[...4 lines deleted...]
-      <c r="G528" t="s">
         <v>732</v>
       </c>
+      <c r="G528">
+        <v>9868165509</v>
+      </c>
       <c r="H528" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="529" spans="1:9">
       <c r="C529" t="s">
-        <v>101</v>
+        <v>30</v>
       </c>
       <c r="D529" t="s">
         <v>733</v>
       </c>
-      <c r="G529">
-[...3 lines deleted...]
-        <v>669</v>
+      <c r="G529" t="s">
+        <v>734</v>
       </c>
     </row>
     <row r="530" spans="1:9">
-      <c r="C530" t="s">
-[...5 lines deleted...]
-      <c r="G530" t="s">
+      <c r="A530">
+        <v>71</v>
+      </c>
+      <c r="B530" t="s">
         <v>735</v>
       </c>
     </row>
     <row r="531" spans="1:9">
-      <c r="A531">
-[...2 lines deleted...]
-      <c r="B531" t="s">
+      <c r="C531" t="s">
+        <v>22</v>
+      </c>
+      <c r="D531" t="s">
         <v>736</v>
+      </c>
+      <c r="G531">
+        <v>9858050217</v>
+      </c>
+      <c r="H531" t="s">
+        <v>668</v>
       </c>
     </row>
     <row r="532" spans="1:9">
       <c r="C532" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D532" t="s">
         <v>737</v>
       </c>
+      <c r="E532">
+        <v>203847</v>
+      </c>
+      <c r="F532" t="s">
+        <v>738</v>
+      </c>
       <c r="G532">
-        <v>9858050217</v>
+        <v>9848293707</v>
       </c>
       <c r="H532" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="533" spans="1:9">
       <c r="C533" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D533" t="s">
-        <v>738</v>
-[...4 lines deleted...]
-      <c r="F533" t="s">
         <v>739</v>
       </c>
       <c r="G533">
-        <v>9848293707</v>
+        <v>9858078972</v>
       </c>
       <c r="H533" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="534" spans="1:9">
       <c r="C534" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
       <c r="D534" t="s">
         <v>740</v>
       </c>
+      <c r="E534">
+        <v>202958</v>
+      </c>
       <c r="G534">
-        <v>9858078972</v>
+        <v>9858059200</v>
       </c>
       <c r="H534" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="535" spans="1:9">
       <c r="C535" t="s">
         <v>54</v>
       </c>
       <c r="D535" t="s">
         <v>741</v>
       </c>
-      <c r="E535">
-[...1 lines deleted...]
-      </c>
       <c r="G535">
-        <v>9858059200</v>
+        <v>9848048045</v>
       </c>
       <c r="H535" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="536" spans="1:9">
       <c r="C536" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="D536" t="s">
         <v>742</v>
       </c>
       <c r="G536">
-        <v>9848048045</v>
+        <v>9848167474</v>
       </c>
       <c r="H536" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="537" spans="1:9">
-      <c r="C537" t="s">
-[...2 lines deleted...]
-      <c r="D537" t="s">
+      <c r="A537">
+        <v>72</v>
+      </c>
+      <c r="B537" t="s">
         <v>743</v>
       </c>
-      <c r="G537">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="538" spans="1:9">
-      <c r="A538">
-[...2 lines deleted...]
-      <c r="B538" t="s">
+      <c r="C538" t="s">
+        <v>60</v>
+      </c>
+      <c r="D538" t="s">
         <v>744</v>
+      </c>
+      <c r="G538">
+        <v>9858053110</v>
+      </c>
+      <c r="H538" t="s">
+        <v>668</v>
       </c>
     </row>
     <row r="539" spans="1:9">
       <c r="C539" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="D539" t="s">
         <v>745</v>
       </c>
+      <c r="E539">
+        <v>215017</v>
+      </c>
+      <c r="F539" t="s">
+        <v>746</v>
+      </c>
       <c r="G539">
-        <v>9858053110</v>
+        <v>9860341776</v>
       </c>
       <c r="H539" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="540" spans="1:9">
       <c r="C540" t="s">
-        <v>36</v>
+        <v>171</v>
       </c>
       <c r="D540" t="s">
-        <v>746</v>
-[...4 lines deleted...]
-      <c r="F540" t="s">
         <v>747</v>
       </c>
       <c r="G540">
-        <v>9860341776</v>
+        <v>9858320363</v>
       </c>
       <c r="H540" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="541" spans="1:9">
       <c r="C541" t="s">
-        <v>171</v>
+        <v>15</v>
       </c>
       <c r="D541" t="s">
         <v>748</v>
       </c>
       <c r="G541">
-        <v>9858320363</v>
+        <v>9848031145</v>
       </c>
       <c r="H541" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="542" spans="1:9">
       <c r="C542" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D542" t="s">
         <v>749</v>
       </c>
       <c r="G542">
-        <v>9848031145</v>
+        <v>9858066668</v>
       </c>
       <c r="H542" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="543" spans="1:9">
       <c r="C543" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D543" t="s">
         <v>750</v>
       </c>
       <c r="G543">
-        <v>9858066668</v>
+        <v>9848041787</v>
       </c>
       <c r="H543" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="544" spans="1:9">
       <c r="C544" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D544" t="s">
         <v>751</v>
       </c>
       <c r="G544">
-        <v>9848041787</v>
+        <v>9858051278</v>
       </c>
       <c r="H544" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="545" spans="1:9">
       <c r="C545" t="s">
         <v>12</v>
       </c>
       <c r="D545" t="s">
         <v>752</v>
       </c>
+      <c r="E545">
+        <v>214484</v>
+      </c>
       <c r="G545">
-        <v>9858051278</v>
+        <v>9858051922</v>
       </c>
       <c r="H545" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="546" spans="1:9">
       <c r="C546" t="s">
         <v>12</v>
       </c>
       <c r="D546" t="s">
         <v>753</v>
       </c>
       <c r="E546">
-        <v>214484</v>
+        <v>196398</v>
       </c>
       <c r="G546">
-        <v>9858051922</v>
+        <v>9858051777</v>
       </c>
       <c r="H546" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="547" spans="1:9">
       <c r="C547" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="D547" t="s">
         <v>754</v>
       </c>
       <c r="E547">
-        <v>196398</v>
+        <v>228997</v>
       </c>
       <c r="G547">
-        <v>9858051777</v>
+        <v>9861048967</v>
       </c>
       <c r="H547" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
     </row>
     <row r="548" spans="1:9">
-      <c r="C548" t="s">
-[...2 lines deleted...]
-      <c r="D548" t="s">
+      <c r="A548">
+        <v>73</v>
+      </c>
+      <c r="B548" t="s">
         <v>755</v>
       </c>
-      <c r="E548">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="549" spans="1:9">
-      <c r="A549">
-[...2 lines deleted...]
-      <c r="B549" t="s">
+      <c r="C549" t="s">
+        <v>36</v>
+      </c>
+      <c r="D549" t="s">
         <v>756</v>
+      </c>
+      <c r="E549">
+        <v>217614</v>
+      </c>
+      <c r="F549" t="s">
+        <v>757</v>
+      </c>
+      <c r="G549">
+        <v>9860205547</v>
+      </c>
+      <c r="H549" t="s">
+        <v>758</v>
       </c>
     </row>
     <row r="550" spans="1:9">
       <c r="C550" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="D550" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="E550">
-        <v>217614</v>
-[...1 lines deleted...]
-      <c r="F550" t="s">
+        <v>127804</v>
+      </c>
+      <c r="G550">
+        <v>9848648255</v>
+      </c>
+      <c r="H550" t="s">
         <v>758</v>
-      </c>
-[...4 lines deleted...]
-        <v>759</v>
       </c>
     </row>
     <row r="551" spans="1:9">
       <c r="C551" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="D551" t="s">
         <v>760</v>
       </c>
       <c r="E551">
-        <v>127804</v>
+        <v>207318</v>
       </c>
       <c r="G551">
-        <v>9848648255</v>
+        <v>9868577991</v>
       </c>
       <c r="H551" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="552" spans="1:9">
-      <c r="C552" t="s">
-[...2 lines deleted...]
-      <c r="D552" t="s">
+      <c r="A552">
+        <v>74</v>
+      </c>
+      <c r="B552" t="s">
         <v>761</v>
       </c>
-      <c r="E552">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="553" spans="1:9">
-      <c r="A553">
-[...2 lines deleted...]
-      <c r="B553" t="s">
+      <c r="C553" t="s">
+        <v>9</v>
+      </c>
+      <c r="D553" t="s">
         <v>762</v>
+      </c>
+      <c r="E553">
+        <v>220352</v>
+      </c>
+      <c r="G553">
+        <v>9858491095</v>
+      </c>
+      <c r="H553" t="s">
+        <v>758</v>
       </c>
     </row>
     <row r="554" spans="1:9">
       <c r="C554" t="s">
-        <v>9</v>
+        <v>101</v>
       </c>
       <c r="D554" t="s">
         <v>763</v>
       </c>
       <c r="E554">
-        <v>220352</v>
+        <v>162802</v>
       </c>
       <c r="G554">
-        <v>9858491095</v>
+        <v>9848589464</v>
       </c>
       <c r="H554" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="555" spans="1:9">
       <c r="C555" t="s">
         <v>101</v>
       </c>
       <c r="D555" t="s">
         <v>764</v>
       </c>
       <c r="E555">
-        <v>162802</v>
+        <v>227555</v>
       </c>
       <c r="G555">
-        <v>9848589464</v>
+        <v>9865812958</v>
       </c>
       <c r="H555" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="556" spans="1:9">
       <c r="C556" t="s">
-        <v>101</v>
+        <v>12</v>
       </c>
       <c r="D556" t="s">
         <v>765</v>
       </c>
       <c r="E556">
-        <v>227555</v>
+        <v>246134</v>
       </c>
       <c r="G556">
-        <v>9865812958</v>
+        <v>9848771970</v>
       </c>
       <c r="H556" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="557" spans="1:9">
       <c r="C557" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D557" t="s">
         <v>766</v>
       </c>
-      <c r="E557">
-[...3 lines deleted...]
-        <v>9848771970</v>
+      <c r="E557" t="s">
+        <v>767</v>
+      </c>
+      <c r="G557" t="s">
+        <v>768</v>
       </c>
       <c r="H557" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="558" spans="1:9">
-      <c r="C558" t="s">
-[...8 lines deleted...]
-      <c r="G558" t="s">
+      <c r="A558">
+        <v>75</v>
+      </c>
+      <c r="B558" t="s">
         <v>769</v>
       </c>
-      <c r="H558" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="559" spans="1:9">
-      <c r="A559">
-[...2 lines deleted...]
-      <c r="B559" t="s">
+      <c r="C559" t="s">
+        <v>60</v>
+      </c>
+      <c r="D559" t="s">
         <v>770</v>
+      </c>
+      <c r="E559">
+        <v>128098</v>
+      </c>
+      <c r="G559">
+        <v>9840294658</v>
+      </c>
+      <c r="H559" t="s">
+        <v>758</v>
       </c>
     </row>
     <row r="560" spans="1:9">
       <c r="C560" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="D560" t="s">
         <v>771</v>
       </c>
       <c r="E560">
-        <v>128098</v>
+        <v>250003</v>
       </c>
       <c r="G560">
-        <v>9840294658</v>
-[...2 lines deleted...]
-        <v>759</v>
+        <v>9865941537</v>
       </c>
     </row>
     <row r="561" spans="1:9">
       <c r="C561" t="s">
-        <v>36</v>
+        <v>101</v>
       </c>
       <c r="D561" t="s">
         <v>772</v>
       </c>
       <c r="E561">
-        <v>250003</v>
+        <v>195403</v>
       </c>
       <c r="G561">
-        <v>9865941537</v>
+        <v>9848737177</v>
+      </c>
+      <c r="H561" t="s">
+        <v>758</v>
       </c>
     </row>
     <row r="562" spans="1:9">
       <c r="C562" t="s">
-        <v>101</v>
+        <v>12</v>
       </c>
       <c r="D562" t="s">
         <v>773</v>
       </c>
       <c r="E562">
-        <v>195403</v>
+        <v>219236</v>
       </c>
       <c r="G562">
-        <v>9848737177</v>
+        <v>9865969395</v>
       </c>
       <c r="H562" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="563" spans="1:9">
       <c r="C563" t="s">
         <v>12</v>
       </c>
       <c r="D563" t="s">
         <v>774</v>
       </c>
       <c r="E563">
-        <v>219236</v>
+        <v>207446</v>
       </c>
       <c r="G563">
-        <v>9865969395</v>
+        <v>9848674878</v>
       </c>
       <c r="H563" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="564" spans="1:9">
       <c r="C564" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D564" t="s">
         <v>775</v>
       </c>
       <c r="E564">
-        <v>207446</v>
+        <v>246791</v>
       </c>
       <c r="G564">
-        <v>9848674878</v>
+        <v>9858491155</v>
       </c>
       <c r="H564" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="565" spans="1:9">
-      <c r="C565" t="s">
-[...2 lines deleted...]
-      <c r="D565" t="s">
+      <c r="A565">
+        <v>76</v>
+      </c>
+      <c r="B565" t="s">
         <v>776</v>
       </c>
-      <c r="E565">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="566" spans="1:9">
-      <c r="A566">
-[...2 lines deleted...]
-      <c r="B566" t="s">
+      <c r="C566" t="s">
+        <v>9</v>
+      </c>
+      <c r="D566" t="s">
         <v>777</v>
+      </c>
+      <c r="E566" t="s">
+        <v>778</v>
+      </c>
+      <c r="F566">
+        <v>9851198633</v>
+      </c>
+      <c r="H566" t="s">
+        <v>758</v>
       </c>
     </row>
     <row r="567" spans="1:9">
       <c r="C567" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D567" t="s">
-        <v>778</v>
-[...1 lines deleted...]
-      <c r="E567" t="s">
         <v>779</v>
       </c>
-      <c r="F567">
-        <v>9851198633</v>
+      <c r="E567">
+        <v>213371</v>
+      </c>
+      <c r="G567">
+        <v>9843447095</v>
       </c>
       <c r="H567" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="568" spans="1:9">
       <c r="C568" t="s">
         <v>12</v>
       </c>
       <c r="D568" t="s">
         <v>780</v>
       </c>
       <c r="E568">
-        <v>213371</v>
+        <v>238949</v>
       </c>
       <c r="G568">
-        <v>9843447095</v>
+        <v>9865609061</v>
       </c>
       <c r="H568" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="569" spans="1:9">
       <c r="C569" t="s">
         <v>12</v>
       </c>
       <c r="D569" t="s">
         <v>781</v>
       </c>
       <c r="E569">
-        <v>238949</v>
+        <v>234231</v>
       </c>
       <c r="G569">
-        <v>9865609061</v>
+        <v>9860933323</v>
       </c>
       <c r="H569" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="570" spans="1:9">
       <c r="C570" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D570" t="s">
+        <v>733</v>
+      </c>
+      <c r="G570">
+        <v>9848215340</v>
+      </c>
+      <c r="H570" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="571" spans="1:9">
+      <c r="A571">
+        <v>77</v>
+      </c>
+      <c r="B571" t="s">
         <v>782</v>
       </c>
-      <c r="E570">
-[...21 lines deleted...]
-      </c>
     </row>
     <row r="572" spans="1:9">
-      <c r="A572">
-[...2 lines deleted...]
-      <c r="B572" t="s">
+      <c r="C572" t="s">
+        <v>36</v>
+      </c>
+      <c r="D572" t="s">
         <v>783</v>
+      </c>
+      <c r="E572" t="s">
+        <v>784</v>
+      </c>
+      <c r="F572" t="s">
+        <v>785</v>
+      </c>
+      <c r="G572" t="s">
+        <v>786</v>
+      </c>
+      <c r="H572" t="s">
+        <v>758</v>
       </c>
     </row>
     <row r="573" spans="1:9">
       <c r="C573" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="D573" t="s">
-        <v>784</v>
-[...7 lines deleted...]
-      <c r="G573" t="s">
         <v>787</v>
       </c>
+      <c r="E573">
+        <v>151506</v>
+      </c>
+      <c r="G573">
+        <v>9848799446</v>
+      </c>
       <c r="H573" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="574" spans="1:9">
       <c r="C574" t="s">
         <v>12</v>
       </c>
       <c r="D574" t="s">
         <v>788</v>
       </c>
       <c r="E574">
-        <v>151506</v>
+        <v>202857</v>
       </c>
       <c r="G574">
-        <v>9848799446</v>
+        <v>9848888475</v>
       </c>
       <c r="H574" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="575" spans="1:9">
       <c r="C575" t="s">
         <v>12</v>
       </c>
       <c r="D575" t="s">
         <v>789</v>
       </c>
       <c r="E575">
-        <v>202857</v>
+        <v>200727</v>
       </c>
       <c r="G575">
-        <v>9848888475</v>
+        <v>9848300915</v>
       </c>
       <c r="H575" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="576" spans="1:9">
       <c r="C576" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="D576" t="s">
         <v>790</v>
       </c>
       <c r="E576">
-        <v>200727</v>
+        <v>246065</v>
       </c>
       <c r="G576">
-        <v>9848300915</v>
+        <v>246065</v>
       </c>
       <c r="H576" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="577" spans="1:9">
-      <c r="C577" t="s">
-[...2 lines deleted...]
-      <c r="D577" t="s">
+      <c r="A577">
+        <v>78</v>
+      </c>
+      <c r="B577" t="s">
         <v>791</v>
       </c>
-      <c r="E577">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="578" spans="1:9">
-      <c r="A578">
-[...2 lines deleted...]
-      <c r="B578" t="s">
+      <c r="C578" t="s">
+        <v>60</v>
+      </c>
+      <c r="D578" t="s">
         <v>792</v>
+      </c>
+      <c r="E578">
+        <v>184086</v>
+      </c>
+      <c r="F578" t="s">
+        <v>793</v>
+      </c>
+      <c r="G578">
+        <v>9868425942</v>
+      </c>
+      <c r="H578" t="s">
+        <v>758</v>
       </c>
     </row>
     <row r="579" spans="1:9">
       <c r="C579" t="s">
-        <v>60</v>
+        <v>9</v>
       </c>
       <c r="D579" t="s">
-        <v>793</v>
-[...2 lines deleted...]
-        <v>184086</v>
+        <v>794</v>
       </c>
       <c r="F579" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="G579">
-        <v>9868425942</v>
+        <v>9858781077</v>
       </c>
       <c r="H579" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="580" spans="1:9">
       <c r="C580" t="s">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="D580" t="s">
-        <v>795</v>
-[...1 lines deleted...]
-      <c r="F580" t="s">
         <v>796</v>
       </c>
       <c r="G580">
-        <v>9858781077</v>
+        <v>9861161494</v>
       </c>
       <c r="H580" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="581" spans="1:9">
       <c r="C581" t="s">
-        <v>27</v>
+        <v>12</v>
       </c>
       <c r="D581" t="s">
+        <v>393</v>
+      </c>
+      <c r="E581" t="s">
         <v>797</v>
       </c>
-      <c r="G581">
-        <v>9861161494</v>
+      <c r="G581" t="s">
+        <v>798</v>
       </c>
       <c r="H581" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="582" spans="1:9">
       <c r="C582" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="D582" t="s">
-        <v>393</v>
-[...4 lines deleted...]
-      <c r="G582" t="s">
         <v>799</v>
       </c>
+      <c r="G582">
+        <v>9868752884</v>
+      </c>
       <c r="H582" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="583" spans="1:9">
-      <c r="C583" t="s">
-[...2 lines deleted...]
-      <c r="D583" t="s">
+      <c r="A583">
+        <v>79</v>
+      </c>
+      <c r="B583" t="s">
         <v>800</v>
       </c>
-      <c r="G583">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="584" spans="1:9">
-      <c r="A584">
-[...2 lines deleted...]
-      <c r="B584" t="s">
+      <c r="C584" t="s">
+        <v>33</v>
+      </c>
+      <c r="D584" t="s">
         <v>801</v>
+      </c>
+      <c r="E584">
+        <v>201655</v>
+      </c>
+      <c r="F584" t="s">
+        <v>802</v>
+      </c>
+      <c r="G584">
+        <v>9858784495</v>
+      </c>
+      <c r="H584" t="s">
+        <v>758</v>
       </c>
     </row>
     <row r="585" spans="1:9">
       <c r="C585" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="D585" t="s">
+        <v>803</v>
+      </c>
+      <c r="E585">
+        <v>150515</v>
+      </c>
+      <c r="F585" t="s">
         <v>802</v>
       </c>
-      <c r="E585">
-[...4 lines deleted...]
-      </c>
       <c r="G585">
-        <v>9858784495</v>
+        <v>9865746254</v>
       </c>
       <c r="H585" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="586" spans="1:9">
       <c r="C586" t="s">
-        <v>9</v>
+        <v>72</v>
       </c>
       <c r="D586" t="s">
         <v>804</v>
       </c>
       <c r="E586">
-        <v>150515</v>
-[...2 lines deleted...]
-        <v>803</v>
+        <v>249687</v>
       </c>
       <c r="G586">
-        <v>9865746254</v>
+        <v>9769909840</v>
       </c>
       <c r="H586" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="587" spans="1:9">
       <c r="C587" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="D587" t="s">
         <v>805</v>
       </c>
       <c r="E587">
-        <v>249687</v>
+        <v>156067</v>
       </c>
       <c r="G587">
-        <v>9769909840</v>
+        <v>9858784468</v>
       </c>
       <c r="H587" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="588" spans="1:9">
       <c r="C588" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D588" t="s">
         <v>806</v>
       </c>
-      <c r="E588">
-[...1 lines deleted...]
-      </c>
       <c r="G588">
-        <v>9858784468</v>
+        <v>9848734483</v>
       </c>
       <c r="H588" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="589" spans="1:9">
       <c r="C589" t="s">
         <v>12</v>
       </c>
       <c r="D589" t="s">
         <v>807</v>
       </c>
       <c r="G589">
-        <v>9848734483</v>
+        <v>9867875683</v>
       </c>
       <c r="H589" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="590" spans="1:9">
       <c r="C590" t="s">
-        <v>12</v>
+        <v>808</v>
       </c>
       <c r="D590" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="G590">
-        <v>9867875683</v>
+        <v>9858777403</v>
       </c>
       <c r="H590" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="591" spans="1:9">
       <c r="C591" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="D591" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="G591">
-        <v>9858777403</v>
+        <v>9848985373</v>
       </c>
       <c r="H591" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="592" spans="1:9">
       <c r="C592" t="s">
-        <v>811</v>
+        <v>810</v>
       </c>
       <c r="D592" t="s">
         <v>812</v>
       </c>
       <c r="G592">
-        <v>9848985373</v>
+        <v>9848766170</v>
       </c>
       <c r="H592" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="593" spans="1:9">
       <c r="C593" t="s">
-        <v>811</v>
+        <v>810</v>
       </c>
       <c r="D593" t="s">
         <v>813</v>
       </c>
       <c r="G593">
-        <v>9848766170</v>
+        <v>9746243469</v>
       </c>
       <c r="H593" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="594" spans="1:9">
-      <c r="C594" t="s">
-[...2 lines deleted...]
-      <c r="D594" t="s">
+      <c r="A594">
+        <v>80</v>
+      </c>
+      <c r="B594" t="s">
         <v>814</v>
       </c>
-      <c r="G594">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="595" spans="1:9">
-      <c r="A595">
-[...2 lines deleted...]
-      <c r="B595" t="s">
+      <c r="C595" t="s">
+        <v>33</v>
+      </c>
+      <c r="D595" t="s">
         <v>815</v>
+      </c>
+      <c r="F595" t="s">
+        <v>816</v>
+      </c>
+      <c r="G595" t="s">
+        <v>817</v>
+      </c>
+      <c r="H595" t="s">
+        <v>758</v>
       </c>
     </row>
     <row r="596" spans="1:9">
       <c r="C596" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D596" t="s">
+        <v>818</v>
+      </c>
+      <c r="E596">
+        <v>216177</v>
+      </c>
+      <c r="F596" t="s">
         <v>816</v>
       </c>
-      <c r="F596" t="s">
-[...3 lines deleted...]
-        <v>818</v>
+      <c r="G596">
+        <v>9862987253</v>
       </c>
       <c r="H596" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="597" spans="1:9">
       <c r="C597" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="D597" t="s">
         <v>819</v>
       </c>
       <c r="E597">
-        <v>216177</v>
-[...2 lines deleted...]
-        <v>817</v>
+        <v>155428</v>
       </c>
       <c r="G597">
-        <v>9862987253</v>
+        <v>9868576602</v>
       </c>
       <c r="H597" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="598" spans="1:9">
       <c r="C598" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="D598" t="s">
         <v>820</v>
       </c>
       <c r="E598">
-        <v>155428</v>
+        <v>231624</v>
       </c>
       <c r="G598">
-        <v>9868576602</v>
+        <v>9848739430</v>
       </c>
       <c r="H598" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="599" spans="1:9">
       <c r="C599" t="s">
         <v>12</v>
       </c>
       <c r="D599" t="s">
         <v>821</v>
       </c>
-      <c r="E599">
-[...3 lines deleted...]
-        <v>9848739430</v>
+      <c r="G599" t="s">
+        <v>822</v>
       </c>
       <c r="H599" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="600" spans="1:9">
       <c r="C600" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="D600" t="s">
-        <v>822</v>
-[...1 lines deleted...]
-      <c r="G600" t="s">
         <v>823</v>
       </c>
+      <c r="E600">
+        <v>214424</v>
+      </c>
+      <c r="G600">
+        <v>9848809862</v>
+      </c>
       <c r="H600" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="601" spans="1:9">
-      <c r="C601" t="s">
-[...2 lines deleted...]
-      <c r="D601" t="s">
+      <c r="A601">
+        <v>81</v>
+      </c>
+      <c r="B601" t="s">
         <v>824</v>
       </c>
-      <c r="E601">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="602" spans="1:9">
-      <c r="A602">
-[...2 lines deleted...]
-      <c r="B602" t="s">
+      <c r="C602" t="s">
+        <v>60</v>
+      </c>
+      <c r="D602" t="s">
         <v>825</v>
+      </c>
+      <c r="E602">
+        <v>150515</v>
+      </c>
+      <c r="F602" t="s">
+        <v>826</v>
+      </c>
+      <c r="G602">
+        <v>9858421148</v>
+      </c>
+      <c r="H602" t="s">
+        <v>758</v>
       </c>
     </row>
     <row r="603" spans="1:9">
       <c r="C603" t="s">
-        <v>60</v>
+        <v>827</v>
       </c>
       <c r="D603" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="E603">
-        <v>150515</v>
-[...2 lines deleted...]
-        <v>827</v>
+        <v>118247</v>
       </c>
       <c r="G603">
-        <v>9858421148</v>
+        <v>9868143980</v>
       </c>
       <c r="H603" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="604" spans="1:9">
       <c r="C604" t="s">
-        <v>828</v>
+        <v>9</v>
       </c>
       <c r="D604" t="s">
         <v>829</v>
       </c>
       <c r="E604">
-        <v>118247</v>
+        <v>217782</v>
+      </c>
+      <c r="F604" t="s">
+        <v>830</v>
       </c>
       <c r="G604">
-        <v>9868143980</v>
+        <v>9843940332</v>
       </c>
       <c r="H604" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="605" spans="1:9">
       <c r="C605" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D605" t="s">
+        <v>831</v>
+      </c>
+      <c r="E605">
+        <v>199832</v>
+      </c>
+      <c r="F605" t="s">
         <v>830</v>
       </c>
-      <c r="E605">
-[...4 lines deleted...]
-      </c>
       <c r="G605">
-        <v>9843940332</v>
+        <v>9868446204</v>
       </c>
       <c r="H605" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="606" spans="1:9">
       <c r="C606" t="s">
         <v>12</v>
       </c>
       <c r="D606" t="s">
-        <v>832</v>
+        <v>423</v>
       </c>
       <c r="E606">
-        <v>199832</v>
+        <v>202729</v>
       </c>
       <c r="F606" t="s">
-        <v>831</v>
+        <v>830</v>
       </c>
       <c r="G606">
-        <v>9868446204</v>
+        <v>9848080822</v>
       </c>
       <c r="H606" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="607" spans="1:9">
       <c r="C607" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="D607" t="s">
-        <v>423</v>
+        <v>763</v>
       </c>
       <c r="E607">
-        <v>202729</v>
-[...2 lines deleted...]
-        <v>831</v>
+        <v>196836</v>
       </c>
       <c r="G607">
-        <v>9848080822</v>
+        <v>9858425832</v>
       </c>
       <c r="H607" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="608" spans="1:9">
       <c r="C608" t="s">
         <v>45</v>
       </c>
       <c r="D608" t="s">
-        <v>764</v>
+        <v>832</v>
       </c>
       <c r="E608">
-        <v>196836</v>
+        <v>205048</v>
       </c>
       <c r="G608">
-        <v>9858425832</v>
+        <v>9849470082</v>
       </c>
       <c r="H608" t="s">
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
     <row r="609" spans="1:9">
       <c r="C609" t="s">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="D609" t="s">
         <v>833</v>
       </c>
       <c r="E609">
-        <v>205048</v>
+        <v>208491</v>
+      </c>
+      <c r="F609" t="s">
+        <v>830</v>
       </c>
       <c r="G609">
-        <v>9849470082</v>
+        <v>9848474014</v>
       </c>
       <c r="H609" t="s">
-        <v>759</v>
-[...19 lines deleted...]
-        <v>759</v>
+        <v>758</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A2:A6"/>
     <mergeCell ref="B2:B6"/>
     <mergeCell ref="A7:A12"/>
     <mergeCell ref="B7:B12"/>
     <mergeCell ref="A13:A20"/>
     <mergeCell ref="B13:B20"/>
     <mergeCell ref="A21:A27"/>
     <mergeCell ref="B21:B27"/>
     <mergeCell ref="A28:A33"/>
     <mergeCell ref="B28:B33"/>
     <mergeCell ref="A34:A41"/>
     <mergeCell ref="B34:B41"/>
     <mergeCell ref="A42:A48"/>
     <mergeCell ref="B42:B48"/>
     <mergeCell ref="A49:A56"/>
     <mergeCell ref="B49:B56"/>
     <mergeCell ref="A57:A61"/>
     <mergeCell ref="B57:B61"/>
     <mergeCell ref="A62:A73"/>
     <mergeCell ref="B62:B73"/>
@@ -12473,110 +12450,110 @@
     <mergeCell ref="B313:B320"/>
     <mergeCell ref="A321:A325"/>
     <mergeCell ref="B321:B325"/>
     <mergeCell ref="A326:A331"/>
     <mergeCell ref="B326:B331"/>
     <mergeCell ref="A332:A339"/>
     <mergeCell ref="B332:B339"/>
     <mergeCell ref="A340:A346"/>
     <mergeCell ref="B340:B346"/>
     <mergeCell ref="A347:A351"/>
     <mergeCell ref="B347:B351"/>
     <mergeCell ref="A352:A357"/>
     <mergeCell ref="B352:B357"/>
     <mergeCell ref="A358:A363"/>
     <mergeCell ref="B358:B363"/>
     <mergeCell ref="A364:A372"/>
     <mergeCell ref="B364:B372"/>
     <mergeCell ref="A373:A379"/>
     <mergeCell ref="B373:B379"/>
     <mergeCell ref="A380:A388"/>
     <mergeCell ref="B380:B388"/>
     <mergeCell ref="A389:A396"/>
     <mergeCell ref="B389:B396"/>
     <mergeCell ref="A397:A403"/>
     <mergeCell ref="B397:B403"/>
-    <mergeCell ref="A404:A411"/>
-[...58 lines deleted...]
-    <mergeCell ref="B602:B610"/>
+    <mergeCell ref="A404:A410"/>
+    <mergeCell ref="B404:B410"/>
+    <mergeCell ref="A411:A418"/>
+    <mergeCell ref="B411:B418"/>
+    <mergeCell ref="A419:A425"/>
+    <mergeCell ref="B419:B425"/>
+    <mergeCell ref="A426:A433"/>
+    <mergeCell ref="B426:B433"/>
+    <mergeCell ref="A434:A439"/>
+    <mergeCell ref="B434:B439"/>
+    <mergeCell ref="A440:A443"/>
+    <mergeCell ref="B440:B443"/>
+    <mergeCell ref="A444:A451"/>
+    <mergeCell ref="B444:B451"/>
+    <mergeCell ref="A452:A458"/>
+    <mergeCell ref="B452:B458"/>
+    <mergeCell ref="A459:A466"/>
+    <mergeCell ref="B459:B466"/>
+    <mergeCell ref="A467:A477"/>
+    <mergeCell ref="B467:B477"/>
+    <mergeCell ref="A478:A484"/>
+    <mergeCell ref="B478:B484"/>
+    <mergeCell ref="A485:A490"/>
+    <mergeCell ref="B485:B490"/>
+    <mergeCell ref="A491:A497"/>
+    <mergeCell ref="B491:B497"/>
+    <mergeCell ref="A498:A503"/>
+    <mergeCell ref="B498:B503"/>
+    <mergeCell ref="A504:A510"/>
+    <mergeCell ref="B504:B510"/>
+    <mergeCell ref="A511:A513"/>
+    <mergeCell ref="B511:B513"/>
+    <mergeCell ref="A514:A518"/>
+    <mergeCell ref="B514:B518"/>
+    <mergeCell ref="A519:A524"/>
+    <mergeCell ref="B519:B524"/>
+    <mergeCell ref="A525:A529"/>
+    <mergeCell ref="B525:B529"/>
+    <mergeCell ref="A530:A536"/>
+    <mergeCell ref="B530:B536"/>
+    <mergeCell ref="A537:A547"/>
+    <mergeCell ref="B537:B547"/>
+    <mergeCell ref="A548:A551"/>
+    <mergeCell ref="B548:B551"/>
+    <mergeCell ref="A552:A557"/>
+    <mergeCell ref="B552:B557"/>
+    <mergeCell ref="A558:A564"/>
+    <mergeCell ref="B558:B564"/>
+    <mergeCell ref="A565:A570"/>
+    <mergeCell ref="B565:B570"/>
+    <mergeCell ref="A571:A576"/>
+    <mergeCell ref="B571:B576"/>
+    <mergeCell ref="A577:A582"/>
+    <mergeCell ref="B577:B582"/>
+    <mergeCell ref="A583:A593"/>
+    <mergeCell ref="B583:B593"/>
+    <mergeCell ref="A594:A600"/>
+    <mergeCell ref="B594:B600"/>
+    <mergeCell ref="A601:A609"/>
+    <mergeCell ref="B601:B609"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>