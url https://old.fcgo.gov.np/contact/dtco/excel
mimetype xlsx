--- v1 (2025-12-15)
+++ v2 (2026-03-13)
@@ -1313,72 +1313,75 @@
   <si>
     <t>मुन कुमार के.सी</t>
   </si>
   <si>
     <t>उज्ज्वल पन्थी</t>
   </si>
   <si>
     <t>भाष्कर ढुङ्गेल</t>
   </si>
   <si>
     <t>जयराम सुनुवार</t>
   </si>
   <si>
     <t>कृष्ण हरि ढकाल</t>
   </si>
   <si>
     <t>पुरन बहादुर ओली</t>
   </si>
   <si>
     <t>झलनाथ रिमाल</t>
   </si>
   <si>
     <t>काठमाडौं, त्रिपुरेश्वर</t>
   </si>
   <si>
-    <t>विष्णुहरि वाग्ले</t>
-[...5 lines deleted...]
-    <t>१७५१५५</t>
+    <t>रुक्मागत अर्याल</t>
+  </si>
+  <si>
+    <t>किशन कुमार बसेल</t>
+  </si>
+  <si>
+    <t>टेकनाथ रेग्मी</t>
   </si>
   <si>
     <t>बसन्ता ढुंगाना</t>
   </si>
   <si>
-    <t>देवी रंजन वराल</t>
-[...8 lines deleted...]
-    <t>भगवती कार्की</t>
+    <t>निरन्जन महर्जन</t>
+  </si>
+  <si>
+    <t>रवि अर्याल</t>
+  </si>
+  <si>
+    <t>भीमलाल तामाङ</t>
+  </si>
+  <si>
+    <t>भीम कुमार सुनुवार</t>
+  </si>
+  <si>
+    <t>शान्ता थापा</t>
   </si>
   <si>
     <t>काठमाडौं, सुनधारा</t>
   </si>
   <si>
     <t>सुनिता सुवेदी</t>
   </si>
   <si>
     <t>प्रमोद मैनाली</t>
   </si>
   <si>
     <t>ऋषि राम पाण्डे</t>
   </si>
   <si>
     <t>श्री तिलक पौडेल</t>
   </si>
   <si>
     <t>श्री देवेन्द्र पौडेल</t>
   </si>
   <si>
     <t>श्री नर्मदा आचार्य</t>
   </si>
   <si>
     <t>श्री रन्जिता आचार्य</t>
   </si>
@@ -1719,53 +1722,50 @@
     <t>071-520487</t>
   </si>
   <si>
     <t>श्री मदन कुमार जि.सी.</t>
   </si>
   <si>
     <t>आन्तरिक लेखा परिक्षक अधिकृत</t>
   </si>
   <si>
     <t>श्री देव बहादुर घर्ति</t>
   </si>
   <si>
     <t>985-7061974</t>
   </si>
   <si>
     <t>श्री अविनाश अग्रहरी</t>
   </si>
   <si>
     <t>कृष्ण प्रसाद पाण्डे</t>
   </si>
   <si>
     <t>श्री पुजन ज्ञवाली</t>
   </si>
   <si>
     <t>कपिलवस्तु</t>
-  </si>
-[...1 lines deleted...]
-    <t>श्री रुक्मागत अर्याल</t>
   </si>
   <si>
     <t>076-561114</t>
   </si>
   <si>
     <t>9851215288/9857053454</t>
   </si>
   <si>
     <t>श्री पोष्टराज ज्ञवाली</t>
   </si>
   <si>
     <t>श्री इन्द्रमणि पौडेल</t>
   </si>
   <si>
     <t>आन्तरिक लेखापरिक्षक सहायक</t>
   </si>
   <si>
     <t>श्री बाबुराम अर्याल</t>
   </si>
   <si>
     <t>श्री रामप्रकाश चौधरी</t>
   </si>
   <si>
     <t>श्री चन्द्रपाल कुर्मी</t>
   </si>
@@ -2872,51 +2872,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I609"/>
+  <dimension ref="A1:I612"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="C1" sqref="C1:C1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
     <col min="2" max="2" width="40" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="15" customWidth="true" style="0"/>
     <col min="7" max="7" width="15" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" customWidth="true" style="0"/>
     <col min="9" max="9" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
@@ -7625,4767 +7625,4806 @@
         <v>38</v>
       </c>
       <c r="B305" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="306" spans="1:9">
       <c r="C306" t="s">
         <v>33</v>
       </c>
       <c r="D306" t="s">
         <v>433</v>
       </c>
       <c r="F306">
         <v>4232314</v>
       </c>
       <c r="G306">
         <v>9851275140</v>
       </c>
       <c r="H306" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="307" spans="1:9">
       <c r="C307" t="s">
-        <v>36</v>
+        <v>141</v>
       </c>
       <c r="D307" t="s">
         <v>434</v>
       </c>
-      <c r="E307" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G307">
-        <v>9841865887</v>
+        <v>9841738511</v>
       </c>
       <c r="H307" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="308" spans="1:9">
       <c r="C308" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="D308" t="s">
-        <v>436</v>
-[...2 lines deleted...]
-        <v>196130</v>
+        <v>435</v>
+      </c>
+      <c r="F308">
+        <v>4232314</v>
       </c>
       <c r="G308">
-        <v>9844819311</v>
+        <v>9841091515</v>
       </c>
       <c r="H308" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="309" spans="1:9">
       <c r="C309" t="s">
         <v>45</v>
       </c>
       <c r="D309" t="s">
-        <v>437</v>
+        <v>436</v>
+      </c>
+      <c r="E309">
+        <v>196130</v>
       </c>
       <c r="G309">
-        <v>9842086193</v>
+        <v>9844819311</v>
       </c>
       <c r="H309" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="310" spans="1:9">
       <c r="C310" t="s">
-        <v>12</v>
+        <v>101</v>
       </c>
       <c r="D310" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="G310">
-        <v>9851103804</v>
+        <v>985</v>
       </c>
       <c r="H310" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="311" spans="1:9">
       <c r="C311" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="D311" t="s">
-        <v>439</v>
+        <v>438</v>
       </c>
       <c r="G311">
-        <v>9851148305</v>
+        <v>98560</v>
       </c>
       <c r="H311" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="312" spans="1:9">
       <c r="C312" t="s">
         <v>12</v>
       </c>
       <c r="D312" t="s">
+        <v>439</v>
+      </c>
+      <c r="G312">
+        <v>9854040607</v>
+      </c>
+      <c r="H312" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="313" spans="1:9">
+      <c r="C313" t="s">
+        <v>12</v>
+      </c>
+      <c r="D313" t="s">
         <v>440</v>
       </c>
-      <c r="G312">
-[...11 lines deleted...]
-        <v>441</v>
+      <c r="G313">
+        <v>9842848489</v>
+      </c>
+      <c r="H313" t="s">
+        <v>280</v>
       </c>
     </row>
     <row r="314" spans="1:9">
       <c r="C314" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="D314" t="s">
-        <v>442</v>
-[...5 lines deleted...]
-        <v>4228586</v>
+        <v>437</v>
       </c>
       <c r="G314">
-        <v>9841384747</v>
+        <v>9841667386</v>
       </c>
       <c r="H314" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="315" spans="1:9">
       <c r="C315" t="s">
-        <v>38</v>
+        <v>89</v>
       </c>
       <c r="D315" t="s">
-        <v>443</v>
-[...2 lines deleted...]
-        <v>4228586</v>
+        <v>441</v>
       </c>
       <c r="G315">
-        <v>9855076371</v>
+        <v>9860273853</v>
       </c>
       <c r="H315" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="316" spans="1:9">
-      <c r="C316" t="s">
-[...15 lines deleted...]
-        <v>280</v>
+      <c r="A316">
+        <v>39</v>
+      </c>
+      <c r="B316" t="s">
+        <v>442</v>
       </c>
     </row>
     <row r="317" spans="1:9">
       <c r="C317" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="D317" t="s">
-        <v>445</v>
+        <v>443</v>
+      </c>
+      <c r="E317">
+        <v>121129</v>
+      </c>
+      <c r="F317">
+        <v>4228586</v>
       </c>
       <c r="G317">
-        <v>9858051264</v>
+        <v>9841384747</v>
       </c>
       <c r="H317" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="318" spans="1:9">
       <c r="C318" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="D318" t="s">
-        <v>446</v>
+        <v>444</v>
+      </c>
+      <c r="F318">
+        <v>4228586</v>
       </c>
       <c r="G318">
-        <v>9847632720</v>
+        <v>9855076371</v>
       </c>
       <c r="H318" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="319" spans="1:9">
       <c r="C319" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="D319" t="s">
-        <v>447</v>
+        <v>445</v>
+      </c>
+      <c r="E319">
+        <v>244317</v>
+      </c>
+      <c r="F319">
+        <v>4228586</v>
       </c>
       <c r="G319">
-        <v>9841662390</v>
+        <v>9841967829</v>
       </c>
       <c r="H319" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="320" spans="1:9">
       <c r="C320" t="s">
-        <v>18</v>
+        <v>54</v>
       </c>
       <c r="D320" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="G320">
-        <v>9849357444</v>
+        <v>9858051264</v>
       </c>
       <c r="H320" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="321" spans="1:9">
-      <c r="A321">
-[...3 lines deleted...]
-        <v>449</v>
+      <c r="C321" t="s">
+        <v>54</v>
+      </c>
+      <c r="D321" t="s">
+        <v>447</v>
+      </c>
+      <c r="G321">
+        <v>9847632720</v>
+      </c>
+      <c r="H321" t="s">
+        <v>280</v>
       </c>
     </row>
     <row r="322" spans="1:9">
       <c r="C322" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="D322" t="s">
-        <v>450</v>
-[...5 lines deleted...]
-        <v>451</v>
+        <v>448</v>
       </c>
       <c r="G322">
-        <v>9846087884</v>
+        <v>9841662390</v>
       </c>
       <c r="H322" t="s">
-        <v>452</v>
+        <v>280</v>
       </c>
     </row>
     <row r="323" spans="1:9">
       <c r="C323" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D323" t="s">
-        <v>453</v>
-[...2 lines deleted...]
-        <v>227012</v>
+        <v>449</v>
       </c>
       <c r="G323">
-        <v>9851207442</v>
+        <v>9849357444</v>
       </c>
       <c r="H323" t="s">
-        <v>452</v>
+        <v>280</v>
       </c>
     </row>
     <row r="324" spans="1:9">
-      <c r="C324" t="s">
-[...12 lines deleted...]
-        <v>452</v>
+      <c r="A324">
+        <v>40</v>
+      </c>
+      <c r="B324" t="s">
+        <v>450</v>
       </c>
     </row>
     <row r="325" spans="1:9">
       <c r="C325" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="D325" t="s">
-        <v>455</v>
+        <v>451</v>
       </c>
       <c r="E325">
-        <v>206769</v>
+        <v>180512</v>
+      </c>
+      <c r="F325" t="s">
+        <v>452</v>
       </c>
       <c r="G325">
-        <v>9846254685</v>
+        <v>9846087884</v>
       </c>
       <c r="H325" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="326" spans="1:9">
-      <c r="A326">
-[...3 lines deleted...]
-        <v>456</v>
+      <c r="C326" t="s">
+        <v>9</v>
+      </c>
+      <c r="D326" t="s">
+        <v>454</v>
+      </c>
+      <c r="E326">
+        <v>227012</v>
+      </c>
+      <c r="G326">
+        <v>9851207442</v>
+      </c>
+      <c r="H326" t="s">
+        <v>453</v>
       </c>
     </row>
     <row r="327" spans="1:9">
       <c r="C327" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="D327" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="E327">
-        <v>158991</v>
-[...2 lines deleted...]
-        <v>458</v>
+        <v>247282</v>
       </c>
       <c r="G327">
-        <v>9841244488</v>
+        <v>9861137245</v>
       </c>
       <c r="H327" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="328" spans="1:9">
       <c r="C328" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="D328" t="s">
-        <v>459</v>
+        <v>456</v>
       </c>
       <c r="E328">
-        <v>232147</v>
+        <v>206769</v>
       </c>
       <c r="G328">
-        <v>9840268540</v>
+        <v>9846254685</v>
       </c>
       <c r="H328" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="329" spans="1:9">
-      <c r="C329" t="s">
-[...15 lines deleted...]
-        <v>452</v>
+      <c r="A329">
+        <v>41</v>
+      </c>
+      <c r="B329" t="s">
+        <v>457</v>
       </c>
     </row>
     <row r="330" spans="1:9">
       <c r="C330" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="D330" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="E330">
-        <v>202294</v>
+        <v>158991</v>
+      </c>
+      <c r="F330" t="s">
+        <v>459</v>
       </c>
       <c r="G330">
-        <v>9845739189</v>
+        <v>9841244488</v>
       </c>
       <c r="H330" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="331" spans="1:9">
       <c r="C331" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="D331" t="s">
-        <v>463</v>
+        <v>460</v>
       </c>
       <c r="E331">
-        <v>220100</v>
+        <v>232147</v>
       </c>
       <c r="G331">
-        <v>9846260960</v>
+        <v>9840268540</v>
       </c>
       <c r="H331" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="332" spans="1:9">
-      <c r="A332">
-[...3 lines deleted...]
-        <v>464</v>
+      <c r="C332" t="s">
+        <v>12</v>
+      </c>
+      <c r="D332" t="s">
+        <v>461</v>
+      </c>
+      <c r="E332" t="s">
+        <v>462</v>
+      </c>
+      <c r="F332" t="s">
+        <v>459</v>
+      </c>
+      <c r="G332">
+        <v>9856036718</v>
+      </c>
+      <c r="H332" t="s">
+        <v>453</v>
       </c>
     </row>
     <row r="333" spans="1:9">
       <c r="C333" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="D333" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
       <c r="E333">
-        <v>142028</v>
-[...2 lines deleted...]
-        <v>466</v>
+        <v>202294</v>
       </c>
       <c r="G333">
-        <v>9856060276</v>
+        <v>9845739189</v>
       </c>
       <c r="H333" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="334" spans="1:9">
       <c r="C334" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D334" t="s">
-        <v>467</v>
+        <v>464</v>
       </c>
       <c r="E334">
-        <v>244831</v>
-[...2 lines deleted...]
-        <v>466</v>
+        <v>220100</v>
       </c>
       <c r="G334">
-        <v>9849110609</v>
+        <v>9846260960</v>
       </c>
       <c r="H334" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="335" spans="1:9">
-      <c r="C335" t="s">
-[...12 lines deleted...]
-        <v>452</v>
+      <c r="A335">
+        <v>42</v>
+      </c>
+      <c r="B335" t="s">
+        <v>465</v>
       </c>
     </row>
     <row r="336" spans="1:9">
       <c r="C336" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="D336" t="s">
-        <v>469</v>
+        <v>466</v>
       </c>
       <c r="E336">
-        <v>197803</v>
+        <v>142028</v>
+      </c>
+      <c r="F336" t="s">
+        <v>467</v>
       </c>
       <c r="G336">
-        <v>9856040367</v>
+        <v>9856060276</v>
       </c>
       <c r="H336" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="337" spans="1:9">
       <c r="C337" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="D337" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="E337">
-        <v>213464</v>
+        <v>244831</v>
+      </c>
+      <c r="F337" t="s">
+        <v>467</v>
       </c>
       <c r="G337">
-        <v>9856088001</v>
+        <v>9849110609</v>
       </c>
       <c r="H337" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="338" spans="1:9">
       <c r="C338" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="D338" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="E338">
-        <v>247118</v>
+        <v>216157</v>
       </c>
       <c r="G338">
-        <v>9863367615</v>
+        <v>9847184920</v>
       </c>
       <c r="H338" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="339" spans="1:9">
       <c r="C339" t="s">
         <v>12</v>
       </c>
       <c r="D339" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="E339">
-        <v>233697</v>
+        <v>197803</v>
       </c>
       <c r="G339">
-        <v>9856042043</v>
+        <v>9856040367</v>
       </c>
       <c r="H339" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="340" spans="1:9">
-      <c r="A340">
-[...3 lines deleted...]
-        <v>473</v>
+      <c r="C340" t="s">
+        <v>12</v>
+      </c>
+      <c r="D340" t="s">
+        <v>471</v>
+      </c>
+      <c r="E340">
+        <v>213464</v>
+      </c>
+      <c r="G340">
+        <v>9856088001</v>
+      </c>
+      <c r="H340" t="s">
+        <v>453</v>
       </c>
     </row>
     <row r="341" spans="1:9">
       <c r="C341" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="D341" t="s">
-        <v>474</v>
-[...2 lines deleted...]
-        <v>475</v>
+        <v>472</v>
+      </c>
+      <c r="E341">
+        <v>247118</v>
       </c>
       <c r="G341">
-        <v>9851145347</v>
+        <v>9863367615</v>
       </c>
       <c r="H341" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="342" spans="1:9">
       <c r="C342" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="D342" t="s">
-        <v>476</v>
-[...5 lines deleted...]
-        <v>475</v>
+        <v>473</v>
+      </c>
+      <c r="E342">
+        <v>233697</v>
       </c>
       <c r="G342">
-        <v>9846324914</v>
+        <v>9856042043</v>
       </c>
       <c r="H342" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="343" spans="1:9">
-      <c r="C343" t="s">
-[...12 lines deleted...]
-        <v>452</v>
+      <c r="A343">
+        <v>43</v>
+      </c>
+      <c r="B343" t="s">
+        <v>474</v>
       </c>
     </row>
     <row r="344" spans="1:9">
       <c r="C344" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="D344" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-        <v>144621</v>
+        <v>475</v>
+      </c>
+      <c r="F344" t="s">
+        <v>476</v>
       </c>
       <c r="G344">
-        <v>9857650211</v>
+        <v>9851145347</v>
       </c>
       <c r="H344" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="345" spans="1:9">
       <c r="C345" t="s">
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="D345" t="s">
-        <v>480</v>
-[...2 lines deleted...]
-        <v>202494</v>
+        <v>477</v>
+      </c>
+      <c r="E345" t="s">
+        <v>478</v>
+      </c>
+      <c r="F345" t="s">
+        <v>476</v>
       </c>
       <c r="G345">
-        <v>9847704161</v>
+        <v>9846324914</v>
       </c>
       <c r="H345" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="346" spans="1:9">
       <c r="C346" t="s">
-        <v>481</v>
+        <v>27</v>
       </c>
       <c r="D346" t="s">
-        <v>482</v>
+        <v>479</v>
       </c>
       <c r="E346">
-        <v>214703</v>
+        <v>179889</v>
       </c>
       <c r="G346">
-        <v>9851184055</v>
+        <v>9856027135</v>
       </c>
       <c r="H346" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="347" spans="1:9">
-      <c r="A347">
-[...3 lines deleted...]
-        <v>483</v>
+      <c r="C347" t="s">
+        <v>12</v>
+      </c>
+      <c r="D347" t="s">
+        <v>480</v>
+      </c>
+      <c r="E347">
+        <v>144621</v>
+      </c>
+      <c r="G347">
+        <v>9857650211</v>
+      </c>
+      <c r="H347" t="s">
+        <v>453</v>
       </c>
     </row>
     <row r="348" spans="1:9">
       <c r="C348" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="D348" t="s">
-        <v>484</v>
-[...8 lines deleted...]
-        <v>487</v>
+        <v>481</v>
+      </c>
+      <c r="E348">
+        <v>202494</v>
+      </c>
+      <c r="G348">
+        <v>9847704161</v>
       </c>
       <c r="H348" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="349" spans="1:9">
       <c r="C349" t="s">
-        <v>101</v>
+        <v>482</v>
       </c>
       <c r="D349" t="s">
-        <v>488</v>
-[...2 lines deleted...]
-        <v>489</v>
+        <v>483</v>
+      </c>
+      <c r="E349">
+        <v>214703</v>
       </c>
       <c r="G349">
-        <v>9846119273</v>
+        <v>9851184055</v>
       </c>
       <c r="H349" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="350" spans="1:9">
-      <c r="C350" t="s">
-[...12 lines deleted...]
-        <v>452</v>
+      <c r="A350">
+        <v>44</v>
+      </c>
+      <c r="B350" t="s">
+        <v>484</v>
       </c>
     </row>
     <row r="351" spans="1:9">
       <c r="C351" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="D351" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-        <v>166502</v>
+        <v>485</v>
+      </c>
+      <c r="E351" t="s">
+        <v>486</v>
+      </c>
+      <c r="F351" t="s">
+        <v>487</v>
+      </c>
+      <c r="G351" t="s">
+        <v>488</v>
       </c>
       <c r="H351" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="352" spans="1:9">
-      <c r="A352">
-[...3 lines deleted...]
-        <v>493</v>
+      <c r="C352" t="s">
+        <v>101</v>
+      </c>
+      <c r="D352" t="s">
+        <v>489</v>
+      </c>
+      <c r="E352" t="s">
+        <v>490</v>
+      </c>
+      <c r="G352">
+        <v>9846119273</v>
+      </c>
+      <c r="H352" t="s">
+        <v>453</v>
       </c>
     </row>
     <row r="353" spans="1:9">
       <c r="C353" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="D353" t="s">
-        <v>494</v>
-[...5 lines deleted...]
-        <v>496</v>
+        <v>491</v>
+      </c>
+      <c r="E353" t="s">
+        <v>492</v>
+      </c>
+      <c r="G353">
+        <v>9817248533</v>
       </c>
       <c r="H353" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="354" spans="1:9">
       <c r="C354" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D354" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="E354">
-        <v>228294</v>
-[...2 lines deleted...]
-        <v>9861248654</v>
+        <v>166502</v>
       </c>
       <c r="H354" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="355" spans="1:9">
-      <c r="C355" t="s">
-[...12 lines deleted...]
-        <v>452</v>
+      <c r="A355">
+        <v>45</v>
+      </c>
+      <c r="B355" t="s">
+        <v>494</v>
       </c>
     </row>
     <row r="356" spans="1:9">
       <c r="C356" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="D356" t="s">
-        <v>499</v>
-[...5 lines deleted...]
-        <v>9861342389</v>
+        <v>495</v>
+      </c>
+      <c r="F356" t="s">
+        <v>496</v>
+      </c>
+      <c r="G356" t="s">
+        <v>497</v>
       </c>
       <c r="H356" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="357" spans="1:9">
       <c r="C357" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D357" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="E357">
-        <v>246067</v>
+        <v>228294</v>
       </c>
       <c r="G357">
-        <v>9815105123</v>
+        <v>9861248654</v>
       </c>
       <c r="H357" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="358" spans="1:9">
-      <c r="A358">
-[...3 lines deleted...]
-        <v>501</v>
+      <c r="C358" t="s">
+        <v>12</v>
+      </c>
+      <c r="D358" t="s">
+        <v>499</v>
+      </c>
+      <c r="E358">
+        <v>218759</v>
+      </c>
+      <c r="G358">
+        <v>9864803690</v>
+      </c>
+      <c r="H358" t="s">
+        <v>453</v>
       </c>
     </row>
     <row r="359" spans="1:9">
       <c r="C359" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="D359" t="s">
-        <v>502</v>
-[...2 lines deleted...]
-        <v>503</v>
+        <v>500</v>
+      </c>
+      <c r="E359">
+        <v>247115</v>
       </c>
       <c r="G359">
-        <v>9857644140</v>
+        <v>9861342389</v>
       </c>
       <c r="H359" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="360" spans="1:9">
       <c r="C360" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D360" t="s">
-        <v>504</v>
-[...2 lines deleted...]
-        <v>9857650430</v>
+        <v>501</v>
+      </c>
+      <c r="E360">
+        <v>246067</v>
+      </c>
+      <c r="G360">
+        <v>9815105123</v>
       </c>
       <c r="H360" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="361" spans="1:9">
-      <c r="C361" t="s">
-[...9 lines deleted...]
-        <v>452</v>
+      <c r="A361">
+        <v>46</v>
+      </c>
+      <c r="B361" t="s">
+        <v>502</v>
       </c>
     </row>
     <row r="362" spans="1:9">
       <c r="C362" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="D362" t="s">
-        <v>506</v>
+        <v>503</v>
+      </c>
+      <c r="F362" t="s">
+        <v>504</v>
       </c>
       <c r="G362">
-        <v>9846302111</v>
+        <v>9857644140</v>
       </c>
       <c r="H362" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="363" spans="1:9">
       <c r="C363" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D363" t="s">
-        <v>507</v>
-[...5 lines deleted...]
-        <v>9857646393</v>
+        <v>505</v>
+      </c>
+      <c r="F363">
+        <v>9857650430</v>
       </c>
       <c r="H363" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="364" spans="1:9">
-      <c r="A364">
-[...3 lines deleted...]
-        <v>508</v>
+      <c r="C364" t="s">
+        <v>12</v>
+      </c>
+      <c r="D364" t="s">
+        <v>506</v>
+      </c>
+      <c r="G364">
+        <v>9767864229</v>
+      </c>
+      <c r="H364" t="s">
+        <v>453</v>
       </c>
     </row>
     <row r="365" spans="1:9">
       <c r="C365" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="D365" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>510</v>
+        <v>507</v>
       </c>
       <c r="G365">
-        <v>9856053140</v>
+        <v>9846302111</v>
       </c>
       <c r="H365" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="366" spans="1:9">
       <c r="C366" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D366" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-        <v>510</v>
+        <v>508</v>
+      </c>
+      <c r="E366">
+        <v>161553</v>
       </c>
       <c r="G366">
-        <v>9841633171</v>
+        <v>9857646393</v>
       </c>
       <c r="H366" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="367" spans="1:9">
-      <c r="C367" t="s">
-[...9 lines deleted...]
-        <v>452</v>
+      <c r="A367">
+        <v>47</v>
+      </c>
+      <c r="B367" t="s">
+        <v>509</v>
       </c>
     </row>
     <row r="368" spans="1:9">
       <c r="C368" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="D368" t="s">
-        <v>513</v>
-[...2 lines deleted...]
-        <v>103511</v>
+        <v>510</v>
+      </c>
+      <c r="F368" t="s">
+        <v>511</v>
       </c>
       <c r="G368">
-        <v>9856050769</v>
+        <v>9856053140</v>
       </c>
       <c r="H368" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="369" spans="1:9">
       <c r="C369" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="D369" t="s">
-        <v>514</v>
+        <v>512</v>
+      </c>
+      <c r="F369" t="s">
+        <v>511</v>
       </c>
       <c r="G369">
-        <v>9846203960</v>
+        <v>9841633171</v>
       </c>
       <c r="H369" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="370" spans="1:9">
       <c r="C370" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="D370" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="G370">
-        <v>9855042728</v>
+        <v>9856053382</v>
       </c>
       <c r="H370" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="371" spans="1:9">
       <c r="C371" t="s">
         <v>12</v>
       </c>
       <c r="D371" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="E371">
-        <v>247097</v>
+        <v>103511</v>
       </c>
       <c r="G371">
-        <v>9863462516</v>
+        <v>9856050769</v>
       </c>
       <c r="H371" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="372" spans="1:9">
       <c r="C372" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D372" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="G372">
-        <v>9846869453</v>
+        <v>9846203960</v>
       </c>
       <c r="H372" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="373" spans="1:9">
-      <c r="A373">
-[...3 lines deleted...]
-        <v>518</v>
+      <c r="C373" t="s">
+        <v>12</v>
+      </c>
+      <c r="D373" t="s">
+        <v>516</v>
+      </c>
+      <c r="G373">
+        <v>9855042728</v>
+      </c>
+      <c r="H373" t="s">
+        <v>453</v>
       </c>
     </row>
     <row r="374" spans="1:9">
       <c r="C374" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="D374" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="E374">
-        <v>201744</v>
-[...2 lines deleted...]
-        <v>520</v>
+        <v>247097</v>
       </c>
       <c r="G374">
-        <v>9840600888</v>
+        <v>9863462516</v>
       </c>
       <c r="H374" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="375" spans="1:9">
       <c r="C375" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="D375" t="s">
-        <v>521</v>
+        <v>518</v>
       </c>
       <c r="G375">
-        <v>9849205795</v>
+        <v>9846869453</v>
       </c>
       <c r="H375" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="376" spans="1:9">
-      <c r="C376" t="s">
-[...12 lines deleted...]
-        <v>452</v>
+      <c r="A376">
+        <v>48</v>
+      </c>
+      <c r="B376" t="s">
+        <v>519</v>
       </c>
     </row>
     <row r="377" spans="1:9">
       <c r="C377" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="D377" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="E377">
-        <v>152165</v>
+        <v>201744</v>
+      </c>
+      <c r="F377" t="s">
+        <v>521</v>
       </c>
       <c r="G377">
-        <v>9867617131</v>
+        <v>9840600888</v>
       </c>
       <c r="H377" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="378" spans="1:9">
       <c r="C378" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="D378" t="s">
-        <v>524</v>
-[...5 lines deleted...]
-        <v>525</v>
+        <v>522</v>
+      </c>
+      <c r="G378">
+        <v>9849205795</v>
       </c>
       <c r="H378" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="379" spans="1:9">
       <c r="C379" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D379" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="E379">
-        <v>245844</v>
+        <v>234794</v>
       </c>
       <c r="G379">
-        <v>9867704822</v>
+        <v>9849578578</v>
       </c>
       <c r="H379" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="380" spans="1:9">
-      <c r="A380">
-[...3 lines deleted...]
-        <v>527</v>
+      <c r="C380" t="s">
+        <v>12</v>
+      </c>
+      <c r="D380" t="s">
+        <v>524</v>
+      </c>
+      <c r="E380">
+        <v>152165</v>
+      </c>
+      <c r="G380">
+        <v>9867617131</v>
+      </c>
+      <c r="H380" t="s">
+        <v>453</v>
       </c>
     </row>
     <row r="381" spans="1:9">
       <c r="C381" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="D381" t="s">
-        <v>528</v>
-[...8 lines deleted...]
-        <v>9857645000</v>
+        <v>525</v>
+      </c>
+      <c r="E381">
+        <v>234069</v>
+      </c>
+      <c r="G381" t="s">
+        <v>526</v>
       </c>
       <c r="H381" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="382" spans="1:9">
       <c r="C382" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="D382" t="s">
-        <v>142</v>
+        <v>527</v>
+      </c>
+      <c r="E382">
+        <v>245844</v>
       </c>
       <c r="G382">
-        <v>9851156062</v>
+        <v>9867704822</v>
       </c>
       <c r="H382" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="383" spans="1:9">
-      <c r="C383" t="s">
-[...9 lines deleted...]
-        <v>452</v>
+      <c r="A383">
+        <v>49</v>
+      </c>
+      <c r="B383" t="s">
+        <v>528</v>
       </c>
     </row>
     <row r="384" spans="1:9">
       <c r="C384" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="D384" t="s">
-        <v>533</v>
+        <v>529</v>
+      </c>
+      <c r="E384" t="s">
+        <v>530</v>
+      </c>
+      <c r="F384" t="s">
+        <v>531</v>
       </c>
       <c r="G384">
-        <v>9857629333</v>
+        <v>9857645000</v>
       </c>
       <c r="H384" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="385" spans="1:9">
       <c r="C385" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="D385" t="s">
-        <v>534</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>142</v>
       </c>
       <c r="G385">
-        <v>9857638800</v>
+        <v>9851156062</v>
       </c>
       <c r="H385" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="386" spans="1:9">
       <c r="C386" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="D386" t="s">
-        <v>536</v>
-[...2 lines deleted...]
-        <v>9847622642</v>
+        <v>532</v>
+      </c>
+      <c r="E386" t="s">
+        <v>533</v>
       </c>
       <c r="H386" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="387" spans="1:9">
       <c r="C387" t="s">
         <v>12</v>
       </c>
       <c r="D387" t="s">
-        <v>537</v>
-[...2 lines deleted...]
-        <v>160481</v>
+        <v>534</v>
       </c>
       <c r="G387">
-        <v>9857684722</v>
+        <v>9857629333</v>
       </c>
       <c r="H387" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="388" spans="1:9">
       <c r="C388" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D388" t="s">
-        <v>538</v>
-[...2 lines deleted...]
-        <v>246195</v>
+        <v>535</v>
+      </c>
+      <c r="F388" t="s">
+        <v>536</v>
       </c>
       <c r="G388">
-        <v>9804839432</v>
+        <v>9857638800</v>
       </c>
       <c r="H388" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="389" spans="1:9">
-      <c r="A389">
-[...3 lines deleted...]
-        <v>539</v>
+      <c r="C389" t="s">
+        <v>12</v>
+      </c>
+      <c r="D389" t="s">
+        <v>537</v>
+      </c>
+      <c r="G389">
+        <v>9847622642</v>
+      </c>
+      <c r="H389" t="s">
+        <v>453</v>
       </c>
     </row>
     <row r="390" spans="1:9">
       <c r="C390" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="D390" t="s">
-        <v>540</v>
-[...2 lines deleted...]
-        <v>541</v>
+        <v>538</v>
+      </c>
+      <c r="E390">
+        <v>160481</v>
       </c>
       <c r="G390">
-        <v>9855050961</v>
+        <v>9857684722</v>
       </c>
       <c r="H390" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="391" spans="1:9">
       <c r="C391" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D391" t="s">
-        <v>542</v>
+        <v>539</v>
+      </c>
+      <c r="E391">
+        <v>246195</v>
       </c>
       <c r="G391">
-        <v>9847624367</v>
+        <v>9804839432</v>
       </c>
       <c r="H391" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="392" spans="1:9">
-      <c r="C392" t="s">
-[...12 lines deleted...]
-        <v>452</v>
+      <c r="A392">
+        <v>50</v>
+      </c>
+      <c r="B392" t="s">
+        <v>540</v>
       </c>
     </row>
     <row r="393" spans="1:9">
       <c r="C393" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="D393" t="s">
-        <v>462</v>
+        <v>541</v>
+      </c>
+      <c r="F393" t="s">
+        <v>542</v>
       </c>
       <c r="G393">
-        <v>9845739189</v>
+        <v>9855050961</v>
       </c>
       <c r="H393" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="394" spans="1:9">
       <c r="C394" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D394" t="s">
-        <v>544</v>
-[...2 lines deleted...]
-        <v>205225</v>
+        <v>543</v>
       </c>
       <c r="G394">
-        <v>9847270313</v>
+        <v>9847624367</v>
       </c>
       <c r="H394" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="395" spans="1:9">
       <c r="C395" t="s">
-        <v>101</v>
+        <v>141</v>
       </c>
       <c r="D395" t="s">
-        <v>545</v>
+        <v>544</v>
       </c>
       <c r="E395">
-        <v>200580</v>
+        <v>156023</v>
       </c>
       <c r="G395">
-        <v>9843404609</v>
+        <v>9847624366</v>
       </c>
       <c r="H395" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="396" spans="1:9">
       <c r="C396" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D396" t="s">
-        <v>546</v>
+        <v>463</v>
       </c>
       <c r="G396">
-        <v>9867686851</v>
+        <v>9845739189</v>
       </c>
       <c r="H396" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="397" spans="1:9">
-      <c r="A397">
-[...3 lines deleted...]
-        <v>547</v>
+      <c r="C397" t="s">
+        <v>12</v>
+      </c>
+      <c r="D397" t="s">
+        <v>545</v>
+      </c>
+      <c r="E397">
+        <v>205225</v>
+      </c>
+      <c r="G397">
+        <v>9847270313</v>
+      </c>
+      <c r="H397" t="s">
+        <v>453</v>
       </c>
     </row>
     <row r="398" spans="1:9">
       <c r="C398" t="s">
-        <v>60</v>
+        <v>101</v>
       </c>
       <c r="D398" t="s">
-        <v>548</v>
-[...5 lines deleted...]
-        <v>550</v>
+        <v>546</v>
+      </c>
+      <c r="E398">
+        <v>200580</v>
       </c>
       <c r="G398">
-        <v>9858050378</v>
+        <v>9843404609</v>
       </c>
       <c r="H398" t="s">
-        <v>551</v>
+        <v>453</v>
       </c>
     </row>
     <row r="399" spans="1:9">
       <c r="C399" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D399" t="s">
-        <v>552</v>
-[...2 lines deleted...]
-        <v>550</v>
+        <v>547</v>
       </c>
       <c r="G399">
-        <v>9867394450</v>
+        <v>9867686851</v>
       </c>
       <c r="H399" t="s">
-        <v>551</v>
+        <v>453</v>
       </c>
     </row>
     <row r="400" spans="1:9">
-      <c r="C400" t="s">
-[...12 lines deleted...]
-        <v>551</v>
+      <c r="A400">
+        <v>51</v>
+      </c>
+      <c r="B400" t="s">
+        <v>548</v>
       </c>
     </row>
     <row r="401" spans="1:9">
       <c r="C401" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="D401" t="s">
-        <v>554</v>
+        <v>549</v>
+      </c>
+      <c r="E401" t="s">
+        <v>550</v>
       </c>
       <c r="F401" t="s">
-        <v>555</v>
+        <v>551</v>
       </c>
       <c r="G401">
-        <v>9847274121</v>
+        <v>9858050378</v>
       </c>
       <c r="H401" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="402" spans="1:9">
       <c r="C402" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D402" t="s">
-        <v>556</v>
+        <v>553</v>
+      </c>
+      <c r="F402" t="s">
+        <v>551</v>
       </c>
       <c r="G402">
-        <v>9848136688</v>
+        <v>9867394450</v>
       </c>
       <c r="H402" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="403" spans="1:9">
       <c r="C403" t="s">
         <v>12</v>
       </c>
       <c r="D403" t="s">
-        <v>557</v>
+        <v>554</v>
+      </c>
+      <c r="E403">
+        <v>244674</v>
       </c>
       <c r="G403">
-        <v>9860860842</v>
+        <v>9847392895</v>
       </c>
       <c r="H403" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="404" spans="1:9">
-      <c r="A404">
-[...3 lines deleted...]
-        <v>558</v>
+      <c r="C404" t="s">
+        <v>12</v>
+      </c>
+      <c r="D404" t="s">
+        <v>555</v>
+      </c>
+      <c r="F404" t="s">
+        <v>556</v>
+      </c>
+      <c r="G404">
+        <v>9847274121</v>
+      </c>
+      <c r="H404" t="s">
+        <v>552</v>
       </c>
     </row>
     <row r="405" spans="1:9">
       <c r="C405" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="D405" t="s">
-        <v>559</v>
-[...5 lines deleted...]
-        <v>560</v>
+        <v>557</v>
       </c>
       <c r="G405">
-        <v>9857016691</v>
+        <v>9848136688</v>
       </c>
       <c r="H405" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="406" spans="1:9">
       <c r="C406" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D406" t="s">
-        <v>561</v>
+        <v>558</v>
       </c>
       <c r="G406">
-        <v>9851211999</v>
+        <v>9860860842</v>
       </c>
       <c r="H406" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="407" spans="1:9">
-      <c r="C407" t="s">
-[...12 lines deleted...]
-        <v>551</v>
+      <c r="A407">
+        <v>52</v>
+      </c>
+      <c r="B407" t="s">
+        <v>559</v>
       </c>
     </row>
     <row r="408" spans="1:9">
       <c r="C408" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="D408" t="s">
-        <v>565</v>
+        <v>560</v>
       </c>
       <c r="E408">
-        <v>202918</v>
+        <v>184553</v>
       </c>
       <c r="F408" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="G408">
-        <v>9857016442</v>
+        <v>9857016691</v>
       </c>
       <c r="H408" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="409" spans="1:9">
       <c r="C409" t="s">
-        <v>76</v>
+        <v>9</v>
       </c>
       <c r="D409" t="s">
-        <v>566</v>
-[...2 lines deleted...]
-        <v>193863</v>
+        <v>562</v>
       </c>
       <c r="G409">
-        <v>9847090507</v>
+        <v>9851211999</v>
       </c>
       <c r="H409" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="410" spans="1:9">
       <c r="C410" t="s">
-        <v>76</v>
+        <v>563</v>
       </c>
       <c r="D410" t="s">
-        <v>567</v>
-[...2 lines deleted...]
-        <v>9846122535</v>
+        <v>564</v>
+      </c>
+      <c r="F410" t="s">
+        <v>561</v>
+      </c>
+      <c r="G410" t="s">
+        <v>565</v>
       </c>
       <c r="H410" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="411" spans="1:9">
-      <c r="A411">
-[...3 lines deleted...]
-        <v>568</v>
+      <c r="C411" t="s">
+        <v>12</v>
+      </c>
+      <c r="D411" t="s">
+        <v>566</v>
+      </c>
+      <c r="E411">
+        <v>202918</v>
+      </c>
+      <c r="F411" t="s">
+        <v>561</v>
+      </c>
+      <c r="G411">
+        <v>9857016442</v>
+      </c>
+      <c r="H411" t="s">
+        <v>552</v>
       </c>
     </row>
     <row r="412" spans="1:9">
       <c r="C412" t="s">
-        <v>60</v>
+        <v>76</v>
       </c>
       <c r="D412" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="E412">
-        <v>191441</v>
-[...5 lines deleted...]
-        <v>571</v>
+        <v>193863</v>
+      </c>
+      <c r="G412">
+        <v>9847090507</v>
       </c>
       <c r="H412" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="413" spans="1:9">
       <c r="C413" t="s">
-        <v>9</v>
+        <v>76</v>
       </c>
       <c r="D413" t="s">
-        <v>572</v>
-[...5 lines deleted...]
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="G413">
-        <v>9857057427</v>
+        <v>9846122535</v>
       </c>
       <c r="H413" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="414" spans="1:9">
-      <c r="C414" t="s">
-[...12 lines deleted...]
-        <v>551</v>
+      <c r="A414">
+        <v>53</v>
+      </c>
+      <c r="B414" t="s">
+        <v>569</v>
       </c>
     </row>
     <row r="415" spans="1:9">
       <c r="C415" t="s">
-        <v>574</v>
+        <v>60</v>
       </c>
       <c r="D415" t="s">
-        <v>575</v>
-[...2 lines deleted...]
-        <v>9857058237</v>
+        <v>121</v>
+      </c>
+      <c r="E415">
+        <v>191441</v>
+      </c>
+      <c r="F415" t="s">
+        <v>570</v>
+      </c>
+      <c r="G415" t="s">
+        <v>571</v>
       </c>
       <c r="H415" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="416" spans="1:9">
       <c r="C416" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D416" t="s">
-        <v>576</v>
+        <v>572</v>
       </c>
       <c r="E416">
-        <v>200042</v>
+        <v>215527</v>
       </c>
       <c r="F416" t="s">
         <v>570</v>
       </c>
       <c r="G416">
-        <v>9857014822</v>
+        <v>9857057427</v>
       </c>
       <c r="H416" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="417" spans="1:9">
       <c r="C417" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="D417" t="s">
-        <v>577</v>
+        <v>573</v>
+      </c>
+      <c r="E417">
+        <v>199355</v>
       </c>
       <c r="G417">
-        <v>9810655655</v>
+        <v>9867304193</v>
       </c>
       <c r="H417" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="418" spans="1:9">
       <c r="C418" t="s">
-        <v>54</v>
+        <v>574</v>
       </c>
       <c r="D418" t="s">
-        <v>578</v>
-[...2 lines deleted...]
-        <v>152015</v>
+        <v>575</v>
       </c>
       <c r="G418">
-        <v>9857030970</v>
+        <v>9857058237</v>
       </c>
       <c r="H418" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="419" spans="1:9">
-      <c r="A419">
-[...3 lines deleted...]
-        <v>579</v>
+      <c r="C419" t="s">
+        <v>12</v>
+      </c>
+      <c r="D419" t="s">
+        <v>576</v>
+      </c>
+      <c r="E419">
+        <v>200042</v>
+      </c>
+      <c r="F419" t="s">
+        <v>570</v>
+      </c>
+      <c r="G419">
+        <v>9857014822</v>
+      </c>
+      <c r="H419" t="s">
+        <v>552</v>
       </c>
     </row>
     <row r="420" spans="1:9">
       <c r="C420" t="s">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="D420" t="s">
-        <v>580</v>
-[...5 lines deleted...]
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="G420">
-        <v>9841241966</v>
+        <v>9810655655</v>
       </c>
       <c r="H420" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="421" spans="1:9">
       <c r="C421" t="s">
-        <v>9</v>
+        <v>54</v>
       </c>
       <c r="D421" t="s">
-        <v>582</v>
-[...5 lines deleted...]
-        <v>584</v>
+        <v>578</v>
+      </c>
+      <c r="E421">
+        <v>152015</v>
       </c>
       <c r="G421">
-        <v>9854045399</v>
+        <v>9857030970</v>
       </c>
       <c r="H421" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="422" spans="1:9">
-      <c r="C422" t="s">
-[...15 lines deleted...]
-        <v>551</v>
+      <c r="A422">
+        <v>54</v>
+      </c>
+      <c r="B422" t="s">
+        <v>579</v>
       </c>
     </row>
     <row r="423" spans="1:9">
       <c r="C423" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="D423" t="s">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="E423">
-        <v>206797</v>
+        <v>180829</v>
       </c>
       <c r="F423" t="s">
-        <v>584</v>
+        <v>581</v>
       </c>
       <c r="G423">
-        <v>9847175238</v>
+        <v>9841241966</v>
       </c>
       <c r="H423" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="424" spans="1:9">
       <c r="C424" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D424" t="s">
-        <v>587</v>
-[...2 lines deleted...]
-        <v>219482</v>
+        <v>582</v>
+      </c>
+      <c r="E424" t="s">
+        <v>583</v>
       </c>
       <c r="F424" t="s">
         <v>584</v>
       </c>
       <c r="G424">
-        <v>9847116354</v>
+        <v>9854045399</v>
       </c>
       <c r="H424" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="425" spans="1:9">
       <c r="C425" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="D425" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="E425">
-        <v>160717</v>
+        <v>202535</v>
+      </c>
+      <c r="F425" t="s">
+        <v>584</v>
       </c>
       <c r="G425">
-        <v>9857062050</v>
+        <v>9868927728</v>
       </c>
       <c r="H425" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="426" spans="1:9">
-      <c r="A426">
-[...3 lines deleted...]
-        <v>589</v>
+      <c r="C426" t="s">
+        <v>12</v>
+      </c>
+      <c r="D426" t="s">
+        <v>586</v>
+      </c>
+      <c r="E426">
+        <v>206797</v>
+      </c>
+      <c r="F426" t="s">
+        <v>584</v>
+      </c>
+      <c r="G426">
+        <v>9847175238</v>
+      </c>
+      <c r="H426" t="s">
+        <v>552</v>
       </c>
     </row>
     <row r="427" spans="1:9">
       <c r="C427" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="D427" t="s">
-        <v>590</v>
+        <v>587</v>
+      </c>
+      <c r="E427">
+        <v>219482</v>
       </c>
       <c r="F427" t="s">
-        <v>591</v>
+        <v>584</v>
+      </c>
+      <c r="G427">
+        <v>9847116354</v>
       </c>
       <c r="H427" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="428" spans="1:9">
       <c r="C428" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
       <c r="D428" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
       <c r="E428">
-        <v>247987</v>
+        <v>160717</v>
       </c>
       <c r="G428">
-        <v>9867460856</v>
+        <v>9857062050</v>
       </c>
       <c r="H428" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="429" spans="1:9">
-      <c r="C429" t="s">
-[...12 lines deleted...]
-        <v>551</v>
+      <c r="A429">
+        <v>55</v>
+      </c>
+      <c r="B429" t="s">
+        <v>589</v>
       </c>
     </row>
     <row r="430" spans="1:9">
       <c r="C430" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="D430" t="s">
-        <v>594</v>
+        <v>590</v>
       </c>
       <c r="F430" t="s">
         <v>591</v>
       </c>
-      <c r="G430">
-[...1 lines deleted...]
-      </c>
       <c r="H430" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="431" spans="1:9">
       <c r="C431" t="s">
-        <v>101</v>
+        <v>12</v>
       </c>
       <c r="D431" t="s">
-        <v>595</v>
+        <v>592</v>
       </c>
       <c r="E431">
-        <v>200571</v>
+        <v>247987</v>
       </c>
       <c r="G431">
-        <v>9847536418</v>
+        <v>9867460856</v>
       </c>
       <c r="H431" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="432" spans="1:9">
       <c r="C432" t="s">
-        <v>30</v>
+        <v>101</v>
       </c>
       <c r="D432" t="s">
-        <v>596</v>
-[...2 lines deleted...]
-        <v>246184</v>
+        <v>593</v>
+      </c>
+      <c r="F432" t="s">
+        <v>591</v>
       </c>
       <c r="G432">
-        <v>9867173356</v>
+        <v>9843640539</v>
       </c>
       <c r="H432" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="433" spans="1:9">
       <c r="C433" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D433" t="s">
-        <v>597</v>
-[...2 lines deleted...]
-        <v>230241</v>
+        <v>594</v>
+      </c>
+      <c r="F433" t="s">
+        <v>591</v>
       </c>
       <c r="G433">
-        <v>9848106143</v>
+        <v>9857066592</v>
       </c>
       <c r="H433" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="434" spans="1:9">
-      <c r="A434">
-[...3 lines deleted...]
-        <v>598</v>
+      <c r="C434" t="s">
+        <v>101</v>
+      </c>
+      <c r="D434" t="s">
+        <v>595</v>
+      </c>
+      <c r="E434">
+        <v>200571</v>
+      </c>
+      <c r="G434">
+        <v>9847536418</v>
+      </c>
+      <c r="H434" t="s">
+        <v>552</v>
       </c>
     </row>
     <row r="435" spans="1:9">
       <c r="C435" t="s">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="D435" t="s">
-        <v>599</v>
-[...2 lines deleted...]
-        <v>600</v>
+        <v>596</v>
+      </c>
+      <c r="E435">
+        <v>246184</v>
       </c>
       <c r="G435">
-        <v>9841702011</v>
+        <v>9867173356</v>
       </c>
       <c r="H435" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="436" spans="1:9">
       <c r="C436" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D436" t="s">
-        <v>601</v>
+        <v>597</v>
       </c>
       <c r="E436">
-        <v>220364</v>
+        <v>230241</v>
       </c>
       <c r="G436">
-        <v>9847187115</v>
+        <v>9848106143</v>
       </c>
       <c r="H436" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="437" spans="1:9">
-      <c r="C437" t="s">
-[...15 lines deleted...]
-        <v>551</v>
+      <c r="A437">
+        <v>56</v>
+      </c>
+      <c r="B437" t="s">
+        <v>598</v>
       </c>
     </row>
     <row r="438" spans="1:9">
       <c r="C438" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="D438" t="s">
-        <v>604</v>
-[...2 lines deleted...]
-        <v>202750</v>
+        <v>599</v>
       </c>
       <c r="F438" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="G438">
-        <v>9857034150</v>
+        <v>9841702011</v>
       </c>
       <c r="H438" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="439" spans="1:9">
       <c r="C439" t="s">
-        <v>27</v>
+        <v>9</v>
       </c>
       <c r="D439" t="s">
-        <v>605</v>
+        <v>601</v>
       </c>
       <c r="E439">
-        <v>219848</v>
-[...1 lines deleted...]
-      <c r="F439" t="s">
+        <v>220364</v>
+      </c>
+      <c r="G439">
+        <v>9847187115</v>
+      </c>
+      <c r="H439" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="440" spans="1:9">
+      <c r="C440" t="s">
+        <v>12</v>
+      </c>
+      <c r="D440" t="s">
+        <v>602</v>
+      </c>
+      <c r="E440">
+        <v>153723</v>
+      </c>
+      <c r="F440" t="s">
         <v>603</v>
       </c>
-      <c r="G439">
-[...11 lines deleted...]
-        <v>606</v>
+      <c r="G440">
+        <v>9857064556</v>
+      </c>
+      <c r="H440" t="s">
+        <v>552</v>
       </c>
     </row>
     <row r="441" spans="1:9">
       <c r="C441" t="s">
-        <v>36</v>
+        <v>54</v>
       </c>
       <c r="D441" t="s">
-        <v>607</v>
-[...2 lines deleted...]
-        <v>608</v>
+        <v>604</v>
+      </c>
+      <c r="E441">
+        <v>202750</v>
+      </c>
+      <c r="F441" t="s">
+        <v>603</v>
       </c>
       <c r="G441">
-        <v>9860006268</v>
+        <v>9857034150</v>
       </c>
       <c r="H441" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="442" spans="1:9">
       <c r="C442" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="D442" t="s">
-        <v>609</v>
+        <v>605</v>
       </c>
       <c r="E442">
-        <v>184139</v>
+        <v>219848</v>
       </c>
       <c r="F442" t="s">
-        <v>610</v>
+        <v>603</v>
       </c>
       <c r="G442">
-        <v>9858054910</v>
+        <v>9841069228</v>
       </c>
       <c r="H442" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="443" spans="1:9">
-      <c r="C443" t="s">
-[...12 lines deleted...]
-        <v>551</v>
+      <c r="A443">
+        <v>57</v>
+      </c>
+      <c r="B443" t="s">
+        <v>606</v>
       </c>
     </row>
     <row r="444" spans="1:9">
-      <c r="A444">
-[...3 lines deleted...]
-        <v>612</v>
+      <c r="C444" t="s">
+        <v>36</v>
+      </c>
+      <c r="D444" t="s">
+        <v>607</v>
+      </c>
+      <c r="E444" t="s">
+        <v>608</v>
+      </c>
+      <c r="G444">
+        <v>9860006268</v>
+      </c>
+      <c r="H444" t="s">
+        <v>552</v>
       </c>
     </row>
     <row r="445" spans="1:9">
       <c r="C445" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="D445" t="s">
-        <v>613</v>
+        <v>609</v>
+      </c>
+      <c r="E445">
+        <v>184139</v>
       </c>
       <c r="F445" t="s">
-        <v>614</v>
+        <v>610</v>
       </c>
       <c r="G445">
-        <v>9857826296</v>
+        <v>9858054910</v>
       </c>
       <c r="H445" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="446" spans="1:9">
       <c r="C446" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D446" t="s">
-        <v>615</v>
-[...2 lines deleted...]
-        <v>614</v>
+        <v>611</v>
+      </c>
+      <c r="E446">
+        <v>244688</v>
       </c>
       <c r="G446">
-        <v>9847850693</v>
+        <v>9860377740</v>
       </c>
       <c r="H446" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="447" spans="1:9">
-      <c r="C447" t="s">
-[...9 lines deleted...]
-        <v>551</v>
+      <c r="A447">
+        <v>58</v>
+      </c>
+      <c r="B447" t="s">
+        <v>612</v>
       </c>
     </row>
     <row r="448" spans="1:9">
       <c r="C448" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="D448" t="s">
-        <v>617</v>
+        <v>613</v>
       </c>
       <c r="F448" t="s">
-        <v>618</v>
+        <v>614</v>
       </c>
       <c r="G448">
-        <v>9843282023</v>
+        <v>9857826296</v>
       </c>
       <c r="H448" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="449" spans="1:9">
       <c r="C449" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D449" t="s">
-        <v>619</v>
-[...2 lines deleted...]
-        <v>244739</v>
+        <v>615</v>
+      </c>
+      <c r="F449" t="s">
+        <v>614</v>
       </c>
       <c r="G449">
-        <v>9869740316</v>
+        <v>9847850693</v>
       </c>
       <c r="H449" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="450" spans="1:9">
       <c r="C450" t="s">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="D450" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="G450">
-        <v>9869720918</v>
+        <v>9867103331</v>
+      </c>
+      <c r="H450" t="s">
+        <v>552</v>
       </c>
     </row>
     <row r="451" spans="1:9">
       <c r="C451" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D451" t="s">
-        <v>621</v>
-[...2 lines deleted...]
-        <v>246327</v>
+        <v>617</v>
+      </c>
+      <c r="F451" t="s">
+        <v>618</v>
       </c>
       <c r="G451">
-        <v>9843432106</v>
+        <v>9843282023</v>
       </c>
       <c r="H451" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="452" spans="1:9">
-      <c r="A452">
-[...3 lines deleted...]
-        <v>622</v>
+      <c r="C452" t="s">
+        <v>12</v>
+      </c>
+      <c r="D452" t="s">
+        <v>619</v>
+      </c>
+      <c r="E452">
+        <v>244739</v>
+      </c>
+      <c r="G452">
+        <v>9869740316</v>
+      </c>
+      <c r="H452" t="s">
+        <v>552</v>
       </c>
     </row>
     <row r="453" spans="1:9">
       <c r="C453" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="D453" t="s">
-        <v>543</v>
-[...2 lines deleted...]
-        <v>623</v>
+        <v>620</v>
       </c>
       <c r="G453">
-        <v>9847624366</v>
-[...2 lines deleted...]
-        <v>551</v>
+        <v>9869720918</v>
       </c>
     </row>
     <row r="454" spans="1:9">
       <c r="C454" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D454" t="s">
-        <v>624</v>
-[...2 lines deleted...]
-        <v>625</v>
+        <v>621</v>
+      </c>
+      <c r="E454">
+        <v>246327</v>
       </c>
       <c r="G454">
-        <v>9840477862</v>
+        <v>9843432106</v>
       </c>
       <c r="H454" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="455" spans="1:9">
-      <c r="C455" t="s">
-[...9 lines deleted...]
-        <v>551</v>
+      <c r="A455">
+        <v>59</v>
+      </c>
+      <c r="B455" t="s">
+        <v>622</v>
       </c>
     </row>
     <row r="456" spans="1:9">
       <c r="C456" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="D456" t="s">
-        <v>627</v>
-[...5 lines deleted...]
-        <v>625</v>
+        <v>544</v>
+      </c>
+      <c r="E456" t="s">
+        <v>623</v>
       </c>
       <c r="G456">
-        <v>9868362582</v>
+        <v>9847624366</v>
       </c>
       <c r="H456" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="457" spans="1:9">
       <c r="C457" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D457" t="s">
-        <v>628</v>
+        <v>624</v>
       </c>
       <c r="F457" t="s">
         <v>625</v>
       </c>
       <c r="G457">
-        <v>9847159964</v>
+        <v>9840477862</v>
       </c>
       <c r="H457" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="458" spans="1:9">
       <c r="C458" t="s">
-        <v>18</v>
+        <v>372</v>
       </c>
       <c r="D458" t="s">
-        <v>629</v>
+        <v>626</v>
       </c>
       <c r="G458">
-        <v>9851167833</v>
+        <v>9845585625</v>
       </c>
       <c r="H458" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="459" spans="1:9">
-      <c r="A459">
-[...3 lines deleted...]
-        <v>630</v>
+      <c r="C459" t="s">
+        <v>12</v>
+      </c>
+      <c r="D459" t="s">
+        <v>627</v>
+      </c>
+      <c r="E459">
+        <v>229106</v>
+      </c>
+      <c r="F459" t="s">
+        <v>625</v>
+      </c>
+      <c r="G459">
+        <v>9868362582</v>
+      </c>
+      <c r="H459" t="s">
+        <v>552</v>
       </c>
     </row>
     <row r="460" spans="1:9">
       <c r="C460" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="D460" t="s">
-        <v>631</v>
+        <v>628</v>
       </c>
       <c r="F460" t="s">
-        <v>632</v>
+        <v>625</v>
       </c>
       <c r="G460">
-        <v>9848171085</v>
+        <v>9847159964</v>
       </c>
       <c r="H460" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="461" spans="1:9">
       <c r="C461" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D461" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="G461">
-        <v>9847928401</v>
+        <v>9851167833</v>
       </c>
       <c r="H461" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="462" spans="1:9">
-      <c r="C462" t="s">
-[...15 lines deleted...]
-        <v>551</v>
+      <c r="A462">
+        <v>60</v>
+      </c>
+      <c r="B462" t="s">
+        <v>630</v>
       </c>
     </row>
     <row r="463" spans="1:9">
       <c r="C463" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="D463" t="s">
-        <v>636</v>
-[...2 lines deleted...]
-        <v>126321</v>
+        <v>631</v>
       </c>
       <c r="F463" t="s">
-        <v>635</v>
+        <v>632</v>
       </c>
       <c r="G463">
-        <v>9857834365</v>
+        <v>9848171085</v>
       </c>
       <c r="H463" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="464" spans="1:9">
       <c r="C464" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D464" t="s">
-        <v>637</v>
-[...2 lines deleted...]
-        <v>172786</v>
+        <v>95</v>
+      </c>
+      <c r="E464" t="s">
+        <v>633</v>
+      </c>
+      <c r="F464" t="s">
+        <v>632</v>
       </c>
       <c r="G464">
-        <v>9866970790</v>
+        <v>9847928401</v>
       </c>
       <c r="H464" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="465" spans="1:9">
       <c r="C465" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
       <c r="D465" t="s">
-        <v>638</v>
+        <v>634</v>
       </c>
       <c r="E465">
-        <v>176321</v>
+        <v>187642</v>
       </c>
       <c r="F465" t="s">
         <v>635</v>
       </c>
       <c r="G465">
-        <v>9847825580</v>
+        <v>9847804349</v>
       </c>
       <c r="H465" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="466" spans="1:9">
       <c r="C466" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="D466" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
       <c r="E466">
-        <v>219636</v>
+        <v>126321</v>
       </c>
       <c r="F466" t="s">
         <v>635</v>
       </c>
       <c r="G466">
-        <v>9847880591</v>
+        <v>9857834365</v>
       </c>
       <c r="H466" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="467" spans="1:9">
-      <c r="A467">
-[...3 lines deleted...]
-        <v>640</v>
+      <c r="C467" t="s">
+        <v>12</v>
+      </c>
+      <c r="D467" t="s">
+        <v>637</v>
+      </c>
+      <c r="E467">
+        <v>172786</v>
+      </c>
+      <c r="G467">
+        <v>9866970790</v>
+      </c>
+      <c r="H467" t="s">
+        <v>552</v>
       </c>
     </row>
     <row r="468" spans="1:9">
       <c r="C468" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="D468" t="s">
-        <v>641</v>
+        <v>638</v>
+      </c>
+      <c r="E468">
+        <v>176321</v>
       </c>
       <c r="F468" t="s">
-        <v>642</v>
+        <v>635</v>
       </c>
       <c r="G468">
-        <v>9858040377</v>
+        <v>9847825580</v>
       </c>
       <c r="H468" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="469" spans="1:9">
       <c r="C469" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="D469" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="E469">
-        <v>154084</v>
+        <v>219636</v>
       </c>
       <c r="F469" t="s">
-        <v>642</v>
+        <v>635</v>
       </c>
       <c r="G469">
-        <v>9847996222</v>
+        <v>9847880591</v>
       </c>
       <c r="H469" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="470" spans="1:9">
-      <c r="C470" t="s">
-[...12 lines deleted...]
-        <v>551</v>
+      <c r="A470">
+        <v>61</v>
+      </c>
+      <c r="B470" t="s">
+        <v>640</v>
       </c>
     </row>
     <row r="471" spans="1:9">
       <c r="C471" t="s">
-        <v>646</v>
+        <v>60</v>
       </c>
       <c r="D471" t="s">
-        <v>647</v>
+        <v>641</v>
       </c>
       <c r="F471" t="s">
-        <v>648</v>
+        <v>642</v>
       </c>
       <c r="G471">
-        <v>9858026940</v>
+        <v>9858040377</v>
       </c>
       <c r="H471" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="472" spans="1:9">
       <c r="C472" t="s">
-        <v>54</v>
+        <v>9</v>
       </c>
       <c r="D472" t="s">
-        <v>649</v>
+        <v>643</v>
       </c>
       <c r="E472">
-        <v>216718</v>
+        <v>154084</v>
+      </c>
+      <c r="F472" t="s">
+        <v>642</v>
       </c>
       <c r="G472">
-        <v>9848357488</v>
+        <v>9847996222</v>
       </c>
       <c r="H472" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="473" spans="1:9">
       <c r="C473" t="s">
-        <v>12</v>
+        <v>644</v>
       </c>
       <c r="D473" t="s">
-        <v>650</v>
-[...2 lines deleted...]
-        <v>168247</v>
+        <v>645</v>
       </c>
       <c r="F473" t="s">
         <v>642</v>
       </c>
       <c r="G473">
-        <v>9847844436</v>
+        <v>9869966881</v>
       </c>
       <c r="H473" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="474" spans="1:9">
       <c r="C474" t="s">
-        <v>651</v>
+        <v>646</v>
       </c>
       <c r="D474" t="s">
-        <v>652</v>
+        <v>647</v>
       </c>
       <c r="F474" t="s">
         <v>648</v>
       </c>
       <c r="G474">
-        <v>9848011202</v>
+        <v>9858026940</v>
       </c>
       <c r="H474" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="475" spans="1:9">
       <c r="C475" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
       <c r="D475" t="s">
-        <v>653</v>
+        <v>649</v>
       </c>
       <c r="E475">
-        <v>196946</v>
-[...2 lines deleted...]
-        <v>642</v>
+        <v>216718</v>
       </c>
       <c r="G475">
-        <v>9858040889</v>
+        <v>9848357488</v>
       </c>
       <c r="H475" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="476" spans="1:9">
       <c r="C476" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D476" t="s">
-        <v>654</v>
+        <v>650</v>
       </c>
       <c r="E476">
-        <v>234658</v>
+        <v>168247</v>
+      </c>
+      <c r="F476" t="s">
+        <v>642</v>
       </c>
       <c r="G476">
-        <v>9868254965</v>
+        <v>9847844436</v>
       </c>
       <c r="H476" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="477" spans="1:9">
       <c r="C477" t="s">
-        <v>12</v>
+        <v>651</v>
       </c>
       <c r="D477" t="s">
-        <v>655</v>
-[...2 lines deleted...]
-        <v>204905</v>
+        <v>652</v>
       </c>
       <c r="F477" t="s">
+        <v>648</v>
+      </c>
+      <c r="G477">
+        <v>9848011202</v>
+      </c>
+      <c r="H477" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="478" spans="1:9">
+      <c r="C478" t="s">
+        <v>12</v>
+      </c>
+      <c r="D478" t="s">
+        <v>653</v>
+      </c>
+      <c r="E478">
+        <v>196946</v>
+      </c>
+      <c r="F478" t="s">
         <v>642</v>
       </c>
-      <c r="G477">
-[...11 lines deleted...]
-        <v>656</v>
+      <c r="G478">
+        <v>9858040889</v>
+      </c>
+      <c r="H478" t="s">
+        <v>552</v>
       </c>
     </row>
     <row r="479" spans="1:9">
       <c r="C479" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="D479" t="s">
-        <v>657</v>
-[...2 lines deleted...]
-        <v>658</v>
+        <v>654</v>
+      </c>
+      <c r="E479">
+        <v>234658</v>
       </c>
       <c r="G479">
-        <v>9848725838</v>
+        <v>9868254965</v>
       </c>
       <c r="H479" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="480" spans="1:9">
       <c r="C480" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D480" t="s">
-        <v>659</v>
+        <v>655</v>
       </c>
       <c r="E480">
-        <v>246620</v>
+        <v>204905</v>
+      </c>
+      <c r="F480" t="s">
+        <v>642</v>
       </c>
       <c r="G480">
-        <v>9858026140</v>
+        <v>9858047909</v>
       </c>
       <c r="H480" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="481" spans="1:9">
-      <c r="C481" t="s">
-[...15 lines deleted...]
-        <v>551</v>
+      <c r="A481">
+        <v>62</v>
+      </c>
+      <c r="B481" t="s">
+        <v>656</v>
       </c>
     </row>
     <row r="482" spans="1:9">
       <c r="C482" t="s">
-        <v>661</v>
+        <v>33</v>
       </c>
       <c r="D482" t="s">
-        <v>662</v>
+        <v>657</v>
       </c>
       <c r="F482" t="s">
         <v>658</v>
       </c>
       <c r="G482">
-        <v>9858078969</v>
+        <v>9848725838</v>
       </c>
       <c r="H482" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="483" spans="1:9">
       <c r="C483" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D483" t="s">
-        <v>663</v>
+        <v>659</v>
       </c>
       <c r="E483">
-        <v>197748</v>
-[...2 lines deleted...]
-        <v>658</v>
+        <v>246620</v>
       </c>
       <c r="G483">
-        <v>9858320442</v>
+        <v>9858026140</v>
       </c>
       <c r="H483" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="484" spans="1:9">
       <c r="C484" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D484" t="s">
-        <v>664</v>
+        <v>660</v>
       </c>
       <c r="E484">
-        <v>200259</v>
+        <v>205103</v>
       </c>
       <c r="F484" t="s">
         <v>658</v>
       </c>
       <c r="G484">
-        <v>9848231199</v>
+        <v>9858026140</v>
       </c>
       <c r="H484" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="485" spans="1:9">
-      <c r="A485">
-[...3 lines deleted...]
-        <v>665</v>
+      <c r="C485" t="s">
+        <v>661</v>
+      </c>
+      <c r="D485" t="s">
+        <v>662</v>
+      </c>
+      <c r="F485" t="s">
+        <v>658</v>
+      </c>
+      <c r="G485">
+        <v>9858078969</v>
+      </c>
+      <c r="H485" t="s">
+        <v>552</v>
       </c>
     </row>
     <row r="486" spans="1:9">
       <c r="C486" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="D486" t="s">
-        <v>666</v>
+        <v>663</v>
+      </c>
+      <c r="E486">
+        <v>197748</v>
       </c>
       <c r="F486" t="s">
-        <v>667</v>
+        <v>658</v>
       </c>
       <c r="G486">
-        <v>9867399539</v>
+        <v>9858320442</v>
       </c>
       <c r="H486" t="s">
-        <v>668</v>
+        <v>552</v>
       </c>
     </row>
     <row r="487" spans="1:9">
       <c r="C487" t="s">
-        <v>54</v>
+        <v>30</v>
       </c>
       <c r="D487" t="s">
-        <v>669</v>
+        <v>664</v>
+      </c>
+      <c r="E487">
+        <v>200259</v>
       </c>
       <c r="F487" t="s">
-        <v>670</v>
+        <v>658</v>
       </c>
       <c r="G487">
-        <v>9857872075</v>
+        <v>9848231199</v>
       </c>
       <c r="H487" t="s">
-        <v>668</v>
+        <v>552</v>
       </c>
     </row>
     <row r="488" spans="1:9">
-      <c r="C488" t="s">
-[...12 lines deleted...]
-        <v>668</v>
+      <c r="A488">
+        <v>63</v>
+      </c>
+      <c r="B488" t="s">
+        <v>665</v>
       </c>
     </row>
     <row r="489" spans="1:9">
       <c r="C489" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="D489" t="s">
-        <v>672</v>
-[...2 lines deleted...]
-        <v>149870</v>
+        <v>666</v>
+      </c>
+      <c r="F489" t="s">
+        <v>667</v>
       </c>
       <c r="G489">
-        <v>9847852291</v>
+        <v>9867399539</v>
       </c>
       <c r="H489" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="490" spans="1:9">
       <c r="C490" t="s">
-        <v>12</v>
+        <v>54</v>
       </c>
       <c r="D490" t="s">
-        <v>673</v>
-[...2 lines deleted...]
-        <v>204293</v>
+        <v>669</v>
+      </c>
+      <c r="F490" t="s">
+        <v>670</v>
       </c>
       <c r="G490">
-        <v>9851222284</v>
+        <v>9857872075</v>
       </c>
       <c r="H490" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="491" spans="1:9">
-      <c r="A491">
-[...3 lines deleted...]
-        <v>674</v>
+      <c r="C491" t="s">
+        <v>12</v>
+      </c>
+      <c r="D491" t="s">
+        <v>671</v>
+      </c>
+      <c r="E491">
+        <v>201972</v>
+      </c>
+      <c r="G491">
+        <v>9843245771</v>
+      </c>
+      <c r="H491" t="s">
+        <v>668</v>
       </c>
     </row>
     <row r="492" spans="1:9">
       <c r="C492" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="D492" t="s">
-        <v>675</v>
+        <v>672</v>
       </c>
       <c r="E492">
-        <v>140561</v>
-[...2 lines deleted...]
-        <v>676</v>
+        <v>149870</v>
       </c>
       <c r="G492">
-        <v>9857822082</v>
+        <v>9847852291</v>
       </c>
       <c r="H492" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="493" spans="1:9">
       <c r="C493" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D493" t="s">
-        <v>677</v>
-[...8 lines deleted...]
-        <v>680</v>
+        <v>673</v>
+      </c>
+      <c r="E493">
+        <v>204293</v>
+      </c>
+      <c r="G493">
+        <v>9851222284</v>
       </c>
       <c r="H493" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="494" spans="1:9">
-      <c r="C494" t="s">
-[...9 lines deleted...]
-        <v>668</v>
+      <c r="A494">
+        <v>64</v>
+      </c>
+      <c r="B494" t="s">
+        <v>674</v>
       </c>
     </row>
     <row r="495" spans="1:9">
       <c r="C495" t="s">
-        <v>101</v>
+        <v>33</v>
       </c>
       <c r="D495" t="s">
-        <v>682</v>
+        <v>675</v>
+      </c>
+      <c r="E495">
+        <v>140561</v>
+      </c>
+      <c r="F495" t="s">
+        <v>676</v>
       </c>
       <c r="G495">
-        <v>9858061374</v>
+        <v>9857822082</v>
       </c>
       <c r="H495" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="496" spans="1:9">
       <c r="C496" t="s">
-        <v>101</v>
+        <v>9</v>
       </c>
       <c r="D496" t="s">
-        <v>683</v>
-[...2 lines deleted...]
-        <v>9858051375</v>
+        <v>677</v>
+      </c>
+      <c r="E496" t="s">
+        <v>678</v>
+      </c>
+      <c r="F496" t="s">
+        <v>679</v>
+      </c>
+      <c r="G496" t="s">
+        <v>680</v>
       </c>
       <c r="H496" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="497" spans="1:9">
       <c r="C497" t="s">
         <v>12</v>
       </c>
       <c r="D497" t="s">
-        <v>684</v>
-[...2 lines deleted...]
-        <v>228322</v>
+        <v>681</v>
       </c>
       <c r="G497">
-        <v>9844884228</v>
+        <v>9809592770</v>
       </c>
       <c r="H497" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="498" spans="1:9">
-      <c r="A498">
-[...3 lines deleted...]
-        <v>685</v>
+      <c r="C498" t="s">
+        <v>101</v>
+      </c>
+      <c r="D498" t="s">
+        <v>682</v>
+      </c>
+      <c r="G498">
+        <v>9858061374</v>
+      </c>
+      <c r="H498" t="s">
+        <v>668</v>
       </c>
     </row>
     <row r="499" spans="1:9">
       <c r="C499" t="s">
-        <v>36</v>
+        <v>101</v>
       </c>
       <c r="D499" t="s">
-        <v>686</v>
-[...2 lines deleted...]
-        <v>247048</v>
+        <v>683</v>
       </c>
       <c r="G499">
-        <v>9868001143</v>
+        <v>9858051375</v>
       </c>
       <c r="H499" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="500" spans="1:9">
       <c r="C500" t="s">
         <v>12</v>
       </c>
       <c r="D500" t="s">
-        <v>687</v>
-[...2 lines deleted...]
-        <v>688</v>
+        <v>684</v>
+      </c>
+      <c r="E500">
+        <v>228322</v>
       </c>
       <c r="G500">
-        <v>9840336477</v>
+        <v>9844884228</v>
       </c>
       <c r="H500" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="501" spans="1:9">
-      <c r="C501" t="s">
-[...12 lines deleted...]
-        <v>668</v>
+      <c r="A501">
+        <v>65</v>
+      </c>
+      <c r="B501" t="s">
+        <v>685</v>
       </c>
     </row>
     <row r="502" spans="1:9">
       <c r="C502" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="D502" t="s">
-        <v>690</v>
-[...5 lines deleted...]
-        <v>692</v>
+        <v>686</v>
+      </c>
+      <c r="E502">
+        <v>247048</v>
+      </c>
+      <c r="G502">
+        <v>9868001143</v>
       </c>
       <c r="H502" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="503" spans="1:9">
       <c r="C503" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="D503" t="s">
-        <v>693</v>
-[...2 lines deleted...]
-        <v>694</v>
+        <v>687</v>
+      </c>
+      <c r="F503" t="s">
+        <v>688</v>
+      </c>
+      <c r="G503">
+        <v>9840336477</v>
       </c>
       <c r="H503" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="504" spans="1:9">
-      <c r="A504">
-[...3 lines deleted...]
-        <v>695</v>
+      <c r="C504" t="s">
+        <v>12</v>
+      </c>
+      <c r="D504" t="s">
+        <v>689</v>
+      </c>
+      <c r="E504">
+        <v>179692</v>
+      </c>
+      <c r="G504">
+        <v>9858366030</v>
+      </c>
+      <c r="H504" t="s">
+        <v>668</v>
       </c>
     </row>
     <row r="505" spans="1:9">
       <c r="C505" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D505" t="s">
-        <v>696</v>
-[...2 lines deleted...]
-        <v>9858320316</v>
+        <v>690</v>
+      </c>
+      <c r="E505" t="s">
+        <v>691</v>
+      </c>
+      <c r="G505" t="s">
+        <v>692</v>
       </c>
       <c r="H505" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="506" spans="1:9">
       <c r="C506" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D506" t="s">
-        <v>697</v>
-[...2 lines deleted...]
-        <v>698</v>
+        <v>693</v>
+      </c>
+      <c r="G506" t="s">
+        <v>694</v>
       </c>
       <c r="H506" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="507" spans="1:9">
-      <c r="C507" t="s">
-[...9 lines deleted...]
-        <v>668</v>
+      <c r="A507">
+        <v>66</v>
+      </c>
+      <c r="B507" t="s">
+        <v>695</v>
       </c>
     </row>
     <row r="508" spans="1:9">
       <c r="C508" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D508" t="s">
-        <v>701</v>
+        <v>696</v>
       </c>
       <c r="G508">
-        <v>9858322116</v>
+        <v>9858320316</v>
       </c>
       <c r="H508" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="509" spans="1:9">
       <c r="C509" t="s">
-        <v>101</v>
+        <v>27</v>
       </c>
       <c r="D509" t="s">
-        <v>702</v>
-[...5 lines deleted...]
-        <v>9848313595</v>
+        <v>697</v>
+      </c>
+      <c r="F509" t="s">
+        <v>698</v>
       </c>
       <c r="H509" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="510" spans="1:9">
       <c r="C510" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="D510" t="s">
-        <v>703</v>
-[...2 lines deleted...]
-        <v>9858322263</v>
+        <v>699</v>
+      </c>
+      <c r="G510" t="s">
+        <v>700</v>
       </c>
       <c r="H510" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="511" spans="1:9">
-      <c r="A511">
-[...3 lines deleted...]
-        <v>704</v>
+      <c r="C511" t="s">
+        <v>12</v>
+      </c>
+      <c r="D511" t="s">
+        <v>701</v>
+      </c>
+      <c r="G511">
+        <v>9858322116</v>
+      </c>
+      <c r="H511" t="s">
+        <v>668</v>
       </c>
     </row>
     <row r="512" spans="1:9">
       <c r="C512" t="s">
-        <v>9</v>
+        <v>101</v>
       </c>
       <c r="D512" t="s">
-        <v>705</v>
+        <v>702</v>
       </c>
       <c r="E512">
-        <v>234446</v>
-[...2 lines deleted...]
-        <v>706</v>
+        <v>224310</v>
       </c>
       <c r="G512">
-        <v>9858322035</v>
+        <v>9848313595</v>
       </c>
       <c r="H512" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="513" spans="1:9">
       <c r="C513" t="s">
-        <v>89</v>
+        <v>30</v>
       </c>
       <c r="D513" t="s">
-        <v>707</v>
-[...2 lines deleted...]
-        <v>708</v>
+        <v>703</v>
       </c>
       <c r="G513">
-        <v>9851363818</v>
+        <v>9858322263</v>
       </c>
       <c r="H513" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="514" spans="1:9">
       <c r="A514">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B514" t="s">
-        <v>709</v>
+        <v>704</v>
       </c>
     </row>
     <row r="515" spans="1:9">
       <c r="C515" t="s">
-        <v>36</v>
+        <v>9</v>
       </c>
       <c r="D515" t="s">
-        <v>710</v>
+        <v>705</v>
+      </c>
+      <c r="E515">
+        <v>234446</v>
       </c>
       <c r="F515" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
       <c r="G515">
-        <v>9858320736</v>
+        <v>9858322035</v>
       </c>
       <c r="H515" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="516" spans="1:9">
       <c r="C516" t="s">
-        <v>12</v>
+        <v>89</v>
       </c>
       <c r="D516" t="s">
-        <v>712</v>
+        <v>707</v>
       </c>
       <c r="E516" t="s">
-        <v>713</v>
+        <v>708</v>
+      </c>
+      <c r="G516">
+        <v>9851363818</v>
       </c>
       <c r="H516" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="517" spans="1:9">
-      <c r="C517" t="s">
-[...9 lines deleted...]
-        <v>668</v>
+      <c r="A517">
+        <v>68</v>
+      </c>
+      <c r="B517" t="s">
+        <v>709</v>
       </c>
     </row>
     <row r="518" spans="1:9">
       <c r="C518" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="D518" t="s">
-        <v>715</v>
-[...2 lines deleted...]
-        <v>228670</v>
+        <v>710</v>
+      </c>
+      <c r="F518" t="s">
+        <v>711</v>
       </c>
       <c r="G518">
-        <v>9848570037</v>
+        <v>9858320736</v>
       </c>
       <c r="H518" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="519" spans="1:9">
-      <c r="A519">
-[...3 lines deleted...]
-        <v>716</v>
+      <c r="C519" t="s">
+        <v>12</v>
+      </c>
+      <c r="D519" t="s">
+        <v>712</v>
+      </c>
+      <c r="E519" t="s">
+        <v>713</v>
+      </c>
+      <c r="H519" t="s">
+        <v>668</v>
       </c>
     </row>
     <row r="520" spans="1:9">
       <c r="C520" t="s">
-        <v>36</v>
+        <v>101</v>
       </c>
       <c r="D520" t="s">
-        <v>717</v>
-[...5 lines deleted...]
-        <v>718</v>
+        <v>714</v>
       </c>
       <c r="G520">
-        <v>9858320117</v>
+        <v>9868220069</v>
       </c>
       <c r="H520" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="521" spans="1:9">
       <c r="C521" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D521" t="s">
-        <v>719</v>
-[...2 lines deleted...]
-        <v>720</v>
+        <v>715</v>
+      </c>
+      <c r="E521">
+        <v>228670</v>
       </c>
       <c r="G521">
-        <v>9858391117</v>
+        <v>9848570037</v>
       </c>
       <c r="H521" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="522" spans="1:9">
-      <c r="C522" t="s">
-[...12 lines deleted...]
-        <v>668</v>
+      <c r="A522">
+        <v>69</v>
+      </c>
+      <c r="B522" t="s">
+        <v>716</v>
       </c>
     </row>
     <row r="523" spans="1:9">
       <c r="C523" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="D523" t="s">
-        <v>722</v>
+        <v>717</v>
       </c>
       <c r="E523">
-        <v>247226</v>
+        <v>213898</v>
+      </c>
+      <c r="F523" t="s">
+        <v>718</v>
       </c>
       <c r="G523">
-        <v>9842251727</v>
+        <v>9858320117</v>
       </c>
       <c r="H523" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="524" spans="1:9">
       <c r="C524" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D524" t="s">
-        <v>723</v>
+        <v>719</v>
+      </c>
+      <c r="E524" t="s">
+        <v>720</v>
       </c>
       <c r="G524">
-        <v>9742959965</v>
+        <v>9858391117</v>
       </c>
       <c r="H524" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="525" spans="1:9">
-      <c r="A525">
-[...3 lines deleted...]
-        <v>724</v>
+      <c r="C525" t="s">
+        <v>12</v>
+      </c>
+      <c r="D525" t="s">
+        <v>649</v>
+      </c>
+      <c r="E525" t="s">
+        <v>721</v>
+      </c>
+      <c r="G525">
+        <v>9858088499</v>
+      </c>
+      <c r="H525" t="s">
+        <v>668</v>
       </c>
     </row>
     <row r="526" spans="1:9">
       <c r="C526" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="D526" t="s">
-        <v>725</v>
-[...8 lines deleted...]
-        <v>728</v>
+        <v>722</v>
+      </c>
+      <c r="E526">
+        <v>247226</v>
+      </c>
+      <c r="G526">
+        <v>9842251727</v>
       </c>
       <c r="H526" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="527" spans="1:9">
       <c r="C527" t="s">
-        <v>101</v>
+        <v>18</v>
       </c>
       <c r="D527" t="s">
-        <v>729</v>
-[...5 lines deleted...]
-        <v>731</v>
+        <v>723</v>
+      </c>
+      <c r="G527">
+        <v>9742959965</v>
       </c>
       <c r="H527" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="528" spans="1:9">
-      <c r="C528" t="s">
-[...9 lines deleted...]
-        <v>668</v>
+      <c r="A528">
+        <v>70</v>
+      </c>
+      <c r="B528" t="s">
+        <v>724</v>
       </c>
     </row>
     <row r="529" spans="1:9">
       <c r="C529" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D529" t="s">
-        <v>733</v>
+        <v>725</v>
+      </c>
+      <c r="E529" t="s">
+        <v>726</v>
+      </c>
+      <c r="F529" t="s">
+        <v>727</v>
       </c>
       <c r="G529" t="s">
-        <v>734</v>
+        <v>728</v>
+      </c>
+      <c r="H529" t="s">
+        <v>668</v>
       </c>
     </row>
     <row r="530" spans="1:9">
-      <c r="A530">
-[...3 lines deleted...]
-        <v>735</v>
+      <c r="C530" t="s">
+        <v>101</v>
+      </c>
+      <c r="D530" t="s">
+        <v>729</v>
+      </c>
+      <c r="E530" t="s">
+        <v>730</v>
+      </c>
+      <c r="G530" t="s">
+        <v>731</v>
+      </c>
+      <c r="H530" t="s">
+        <v>668</v>
       </c>
     </row>
     <row r="531" spans="1:9">
       <c r="C531" t="s">
-        <v>22</v>
+        <v>101</v>
       </c>
       <c r="D531" t="s">
-        <v>736</v>
+        <v>732</v>
       </c>
       <c r="G531">
-        <v>9858050217</v>
+        <v>9868165509</v>
       </c>
       <c r="H531" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="532" spans="1:9">
       <c r="C532" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D532" t="s">
-        <v>737</v>
-[...11 lines deleted...]
-        <v>668</v>
+        <v>733</v>
+      </c>
+      <c r="G532" t="s">
+        <v>734</v>
       </c>
     </row>
     <row r="533" spans="1:9">
-      <c r="C533" t="s">
-[...9 lines deleted...]
-        <v>668</v>
+      <c r="A533">
+        <v>71</v>
+      </c>
+      <c r="B533" t="s">
+        <v>735</v>
       </c>
     </row>
     <row r="534" spans="1:9">
       <c r="C534" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="D534" t="s">
-        <v>740</v>
-[...2 lines deleted...]
-        <v>202958</v>
+        <v>736</v>
       </c>
       <c r="G534">
-        <v>9858059200</v>
+        <v>9858050217</v>
       </c>
       <c r="H534" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="535" spans="1:9">
       <c r="C535" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="D535" t="s">
-        <v>741</v>
+        <v>737</v>
+      </c>
+      <c r="E535">
+        <v>203847</v>
+      </c>
+      <c r="F535" t="s">
+        <v>738</v>
       </c>
       <c r="G535">
-        <v>9848048045</v>
+        <v>9848293707</v>
       </c>
       <c r="H535" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="536" spans="1:9">
       <c r="C536" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="D536" t="s">
-        <v>742</v>
+        <v>739</v>
       </c>
       <c r="G536">
-        <v>9848167474</v>
+        <v>9858078972</v>
       </c>
       <c r="H536" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="537" spans="1:9">
-      <c r="A537">
-[...3 lines deleted...]
-        <v>743</v>
+      <c r="C537" t="s">
+        <v>54</v>
+      </c>
+      <c r="D537" t="s">
+        <v>740</v>
+      </c>
+      <c r="E537">
+        <v>202958</v>
+      </c>
+      <c r="G537">
+        <v>9858059200</v>
+      </c>
+      <c r="H537" t="s">
+        <v>668</v>
       </c>
     </row>
     <row r="538" spans="1:9">
       <c r="C538" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="D538" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="G538">
-        <v>9858053110</v>
+        <v>9848048045</v>
       </c>
       <c r="H538" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="539" spans="1:9">
       <c r="C539" t="s">
-        <v>36</v>
+        <v>30</v>
       </c>
       <c r="D539" t="s">
-        <v>745</v>
-[...5 lines deleted...]
-        <v>746</v>
+        <v>742</v>
       </c>
       <c r="G539">
-        <v>9860341776</v>
+        <v>9848167474</v>
       </c>
       <c r="H539" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="540" spans="1:9">
-      <c r="C540" t="s">
-[...9 lines deleted...]
-        <v>668</v>
+      <c r="A540">
+        <v>72</v>
+      </c>
+      <c r="B540" t="s">
+        <v>743</v>
       </c>
     </row>
     <row r="541" spans="1:9">
       <c r="C541" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="D541" t="s">
-        <v>748</v>
+        <v>744</v>
       </c>
       <c r="G541">
-        <v>9848031145</v>
+        <v>9858053110</v>
       </c>
       <c r="H541" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="542" spans="1:9">
       <c r="C542" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="D542" t="s">
-        <v>749</v>
+        <v>745</v>
+      </c>
+      <c r="E542">
+        <v>215017</v>
+      </c>
+      <c r="F542" t="s">
+        <v>746</v>
       </c>
       <c r="G542">
-        <v>9858066668</v>
+        <v>9860341776</v>
       </c>
       <c r="H542" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="543" spans="1:9">
       <c r="C543" t="s">
-        <v>15</v>
+        <v>171</v>
       </c>
       <c r="D543" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="G543">
-        <v>9848041787</v>
+        <v>9858320363</v>
       </c>
       <c r="H543" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="544" spans="1:9">
       <c r="C544" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D544" t="s">
-        <v>751</v>
+        <v>748</v>
       </c>
       <c r="G544">
-        <v>9858051278</v>
+        <v>9848031145</v>
       </c>
       <c r="H544" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="545" spans="1:9">
       <c r="C545" t="s">
         <v>12</v>
       </c>
       <c r="D545" t="s">
-        <v>752</v>
-[...2 lines deleted...]
-        <v>214484</v>
+        <v>749</v>
       </c>
       <c r="G545">
-        <v>9858051922</v>
+        <v>9858066668</v>
       </c>
       <c r="H545" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="546" spans="1:9">
       <c r="C546" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D546" t="s">
-        <v>753</v>
-[...2 lines deleted...]
-        <v>196398</v>
+        <v>750</v>
       </c>
       <c r="G546">
-        <v>9858051777</v>
+        <v>9848041787</v>
       </c>
       <c r="H546" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="547" spans="1:9">
       <c r="C547" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="D547" t="s">
-        <v>754</v>
-[...2 lines deleted...]
-        <v>228997</v>
+        <v>751</v>
       </c>
       <c r="G547">
-        <v>9861048967</v>
+        <v>9858051278</v>
       </c>
       <c r="H547" t="s">
         <v>668</v>
       </c>
     </row>
     <row r="548" spans="1:9">
-      <c r="A548">
-[...3 lines deleted...]
-        <v>755</v>
+      <c r="C548" t="s">
+        <v>12</v>
+      </c>
+      <c r="D548" t="s">
+        <v>752</v>
+      </c>
+      <c r="E548">
+        <v>214484</v>
+      </c>
+      <c r="G548">
+        <v>9858051922</v>
+      </c>
+      <c r="H548" t="s">
+        <v>668</v>
       </c>
     </row>
     <row r="549" spans="1:9">
       <c r="C549" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="D549" t="s">
-        <v>756</v>
+        <v>753</v>
       </c>
       <c r="E549">
-        <v>217614</v>
-[...2 lines deleted...]
-        <v>757</v>
+        <v>196398</v>
       </c>
       <c r="G549">
-        <v>9860205547</v>
+        <v>9858051777</v>
       </c>
       <c r="H549" t="s">
-        <v>758</v>
+        <v>668</v>
       </c>
     </row>
     <row r="550" spans="1:9">
       <c r="C550" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="D550" t="s">
-        <v>759</v>
+        <v>754</v>
       </c>
       <c r="E550">
-        <v>127804</v>
+        <v>228997</v>
       </c>
       <c r="G550">
-        <v>9848648255</v>
+        <v>9861048967</v>
       </c>
       <c r="H550" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="551" spans="1:9">
+      <c r="A551">
+        <v>73</v>
+      </c>
+      <c r="B551" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="552" spans="1:9">
+      <c r="C552" t="s">
+        <v>36</v>
+      </c>
+      <c r="D552" t="s">
+        <v>756</v>
+      </c>
+      <c r="E552">
+        <v>217614</v>
+      </c>
+      <c r="F552" t="s">
+        <v>757</v>
+      </c>
+      <c r="G552">
+        <v>9860205547</v>
+      </c>
+      <c r="H552" t="s">
         <v>758</v>
-      </c>
-[...23 lines deleted...]
-        <v>761</v>
       </c>
     </row>
     <row r="553" spans="1:9">
       <c r="C553" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D553" t="s">
-        <v>762</v>
+        <v>759</v>
       </c>
       <c r="E553">
-        <v>220352</v>
+        <v>127804</v>
       </c>
       <c r="G553">
-        <v>9858491095</v>
+        <v>9848648255</v>
       </c>
       <c r="H553" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="554" spans="1:9">
       <c r="C554" t="s">
-        <v>101</v>
+        <v>30</v>
       </c>
       <c r="D554" t="s">
-        <v>763</v>
+        <v>760</v>
       </c>
       <c r="E554">
-        <v>162802</v>
+        <v>207318</v>
       </c>
       <c r="G554">
-        <v>9848589464</v>
+        <v>9868577991</v>
       </c>
       <c r="H554" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="555" spans="1:9">
-      <c r="C555" t="s">
-[...12 lines deleted...]
-        <v>758</v>
+      <c r="A555">
+        <v>74</v>
+      </c>
+      <c r="B555" t="s">
+        <v>761</v>
       </c>
     </row>
     <row r="556" spans="1:9">
       <c r="C556" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D556" t="s">
-        <v>765</v>
+        <v>762</v>
       </c>
       <c r="E556">
-        <v>246134</v>
+        <v>220352</v>
       </c>
       <c r="G556">
-        <v>9848771970</v>
+        <v>9858491095</v>
       </c>
       <c r="H556" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="557" spans="1:9">
       <c r="C557" t="s">
-        <v>18</v>
+        <v>101</v>
       </c>
       <c r="D557" t="s">
-        <v>766</v>
-[...5 lines deleted...]
-        <v>768</v>
+        <v>763</v>
+      </c>
+      <c r="E557">
+        <v>162802</v>
+      </c>
+      <c r="G557">
+        <v>9848589464</v>
       </c>
       <c r="H557" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="558" spans="1:9">
-      <c r="A558">
-[...3 lines deleted...]
-        <v>769</v>
+      <c r="C558" t="s">
+        <v>101</v>
+      </c>
+      <c r="D558" t="s">
+        <v>764</v>
+      </c>
+      <c r="E558">
+        <v>227555</v>
+      </c>
+      <c r="G558">
+        <v>9865812958</v>
+      </c>
+      <c r="H558" t="s">
+        <v>758</v>
       </c>
     </row>
     <row r="559" spans="1:9">
       <c r="C559" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="D559" t="s">
-        <v>770</v>
+        <v>765</v>
       </c>
       <c r="E559">
-        <v>128098</v>
+        <v>246134</v>
       </c>
       <c r="G559">
-        <v>9840294658</v>
+        <v>9848771970</v>
       </c>
       <c r="H559" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="560" spans="1:9">
       <c r="C560" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="D560" t="s">
-        <v>771</v>
-[...5 lines deleted...]
-        <v>9865941537</v>
+        <v>766</v>
+      </c>
+      <c r="E560" t="s">
+        <v>767</v>
+      </c>
+      <c r="G560" t="s">
+        <v>768</v>
+      </c>
+      <c r="H560" t="s">
+        <v>758</v>
       </c>
     </row>
     <row r="561" spans="1:9">
-      <c r="C561" t="s">
-[...12 lines deleted...]
-        <v>758</v>
+      <c r="A561">
+        <v>75</v>
+      </c>
+      <c r="B561" t="s">
+        <v>769</v>
       </c>
     </row>
     <row r="562" spans="1:9">
       <c r="C562" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="D562" t="s">
-        <v>773</v>
+        <v>770</v>
       </c>
       <c r="E562">
-        <v>219236</v>
+        <v>128098</v>
       </c>
       <c r="G562">
-        <v>9865969395</v>
+        <v>9840294658</v>
       </c>
       <c r="H562" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="563" spans="1:9">
       <c r="C563" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="D563" t="s">
-        <v>774</v>
+        <v>771</v>
       </c>
       <c r="E563">
-        <v>207446</v>
+        <v>250003</v>
       </c>
       <c r="G563">
-        <v>9848674878</v>
-[...2 lines deleted...]
-        <v>758</v>
+        <v>9865941537</v>
       </c>
     </row>
     <row r="564" spans="1:9">
       <c r="C564" t="s">
-        <v>18</v>
+        <v>101</v>
       </c>
       <c r="D564" t="s">
-        <v>775</v>
+        <v>772</v>
       </c>
       <c r="E564">
-        <v>246791</v>
+        <v>195403</v>
       </c>
       <c r="G564">
-        <v>9858491155</v>
+        <v>9848737177</v>
       </c>
       <c r="H564" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="565" spans="1:9">
-      <c r="A565">
-[...3 lines deleted...]
-        <v>776</v>
+      <c r="C565" t="s">
+        <v>12</v>
+      </c>
+      <c r="D565" t="s">
+        <v>773</v>
+      </c>
+      <c r="E565">
+        <v>219236</v>
+      </c>
+      <c r="G565">
+        <v>9865969395</v>
+      </c>
+      <c r="H565" t="s">
+        <v>758</v>
       </c>
     </row>
     <row r="566" spans="1:9">
       <c r="C566" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D566" t="s">
-        <v>777</v>
-[...5 lines deleted...]
-        <v>9851198633</v>
+        <v>774</v>
+      </c>
+      <c r="E566">
+        <v>207446</v>
+      </c>
+      <c r="G566">
+        <v>9848674878</v>
       </c>
       <c r="H566" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="567" spans="1:9">
       <c r="C567" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D567" t="s">
-        <v>779</v>
+        <v>775</v>
       </c>
       <c r="E567">
-        <v>213371</v>
+        <v>246791</v>
       </c>
       <c r="G567">
-        <v>9843447095</v>
+        <v>9858491155</v>
       </c>
       <c r="H567" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="568" spans="1:9">
-      <c r="C568" t="s">
-[...12 lines deleted...]
-        <v>758</v>
+      <c r="A568">
+        <v>76</v>
+      </c>
+      <c r="B568" t="s">
+        <v>776</v>
       </c>
     </row>
     <row r="569" spans="1:9">
       <c r="C569" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D569" t="s">
-        <v>781</v>
-[...5 lines deleted...]
-        <v>9860933323</v>
+        <v>777</v>
+      </c>
+      <c r="E569" t="s">
+        <v>778</v>
+      </c>
+      <c r="F569">
+        <v>9851198633</v>
       </c>
       <c r="H569" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="570" spans="1:9">
       <c r="C570" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D570" t="s">
-        <v>733</v>
+        <v>779</v>
+      </c>
+      <c r="E570">
+        <v>213371</v>
       </c>
       <c r="G570">
-        <v>9848215340</v>
+        <v>9843447095</v>
       </c>
       <c r="H570" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="571" spans="1:9">
-      <c r="A571">
-[...3 lines deleted...]
-        <v>782</v>
+      <c r="C571" t="s">
+        <v>12</v>
+      </c>
+      <c r="D571" t="s">
+        <v>780</v>
+      </c>
+      <c r="E571">
+        <v>238949</v>
+      </c>
+      <c r="G571">
+        <v>9865609061</v>
+      </c>
+      <c r="H571" t="s">
+        <v>758</v>
       </c>
     </row>
     <row r="572" spans="1:9">
       <c r="C572" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="D572" t="s">
-        <v>783</v>
-[...8 lines deleted...]
-        <v>786</v>
+        <v>781</v>
+      </c>
+      <c r="E572">
+        <v>234231</v>
+      </c>
+      <c r="G572">
+        <v>9860933323</v>
       </c>
       <c r="H572" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="573" spans="1:9">
       <c r="C573" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D573" t="s">
-        <v>787</v>
-[...2 lines deleted...]
-        <v>151506</v>
+        <v>733</v>
       </c>
       <c r="G573">
-        <v>9848799446</v>
+        <v>9848215340</v>
       </c>
       <c r="H573" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="574" spans="1:9">
-      <c r="C574" t="s">
-[...12 lines deleted...]
-        <v>758</v>
+      <c r="A574">
+        <v>77</v>
+      </c>
+      <c r="B574" t="s">
+        <v>782</v>
       </c>
     </row>
     <row r="575" spans="1:9">
       <c r="C575" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="D575" t="s">
-        <v>789</v>
-[...5 lines deleted...]
-        <v>9848300915</v>
+        <v>783</v>
+      </c>
+      <c r="E575" t="s">
+        <v>784</v>
+      </c>
+      <c r="F575" t="s">
+        <v>785</v>
+      </c>
+      <c r="G575" t="s">
+        <v>786</v>
       </c>
       <c r="H575" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="576" spans="1:9">
       <c r="C576" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="D576" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="E576">
-        <v>246065</v>
+        <v>151506</v>
       </c>
       <c r="G576">
-        <v>246065</v>
+        <v>9848799446</v>
       </c>
       <c r="H576" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="577" spans="1:9">
-      <c r="A577">
-[...3 lines deleted...]
-        <v>791</v>
+      <c r="C577" t="s">
+        <v>12</v>
+      </c>
+      <c r="D577" t="s">
+        <v>788</v>
+      </c>
+      <c r="E577">
+        <v>202857</v>
+      </c>
+      <c r="G577">
+        <v>9848888475</v>
+      </c>
+      <c r="H577" t="s">
+        <v>758</v>
       </c>
     </row>
     <row r="578" spans="1:9">
       <c r="C578" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="D578" t="s">
-        <v>792</v>
+        <v>789</v>
       </c>
       <c r="E578">
-        <v>184086</v>
-[...2 lines deleted...]
-        <v>793</v>
+        <v>200727</v>
       </c>
       <c r="G578">
-        <v>9868425942</v>
+        <v>9848300915</v>
       </c>
       <c r="H578" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="579" spans="1:9">
       <c r="C579" t="s">
-        <v>9</v>
+        <v>30</v>
       </c>
       <c r="D579" t="s">
-        <v>794</v>
-[...2 lines deleted...]
-        <v>795</v>
+        <v>790</v>
+      </c>
+      <c r="E579">
+        <v>246065</v>
       </c>
       <c r="G579">
-        <v>9858781077</v>
+        <v>246065</v>
       </c>
       <c r="H579" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="580" spans="1:9">
-      <c r="C580" t="s">
-[...9 lines deleted...]
-        <v>758</v>
+      <c r="A580">
+        <v>78</v>
+      </c>
+      <c r="B580" t="s">
+        <v>791</v>
       </c>
     </row>
     <row r="581" spans="1:9">
       <c r="C581" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="D581" t="s">
-        <v>393</v>
-[...5 lines deleted...]
-        <v>798</v>
+        <v>792</v>
+      </c>
+      <c r="E581">
+        <v>184086</v>
+      </c>
+      <c r="F581" t="s">
+        <v>793</v>
+      </c>
+      <c r="G581">
+        <v>9868425942</v>
       </c>
       <c r="H581" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="582" spans="1:9">
       <c r="C582" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="D582" t="s">
-        <v>799</v>
+        <v>794</v>
+      </c>
+      <c r="F582" t="s">
+        <v>795</v>
       </c>
       <c r="G582">
-        <v>9868752884</v>
+        <v>9858781077</v>
       </c>
       <c r="H582" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="583" spans="1:9">
-      <c r="A583">
-[...3 lines deleted...]
-        <v>800</v>
+      <c r="C583" t="s">
+        <v>27</v>
+      </c>
+      <c r="D583" t="s">
+        <v>796</v>
+      </c>
+      <c r="G583">
+        <v>9861161494</v>
+      </c>
+      <c r="H583" t="s">
+        <v>758</v>
       </c>
     </row>
     <row r="584" spans="1:9">
       <c r="C584" t="s">
-        <v>33</v>
+        <v>12</v>
       </c>
       <c r="D584" t="s">
-        <v>801</v>
-[...8 lines deleted...]
-        <v>9858784495</v>
+        <v>393</v>
+      </c>
+      <c r="E584" t="s">
+        <v>797</v>
+      </c>
+      <c r="G584" t="s">
+        <v>798</v>
       </c>
       <c r="H584" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="585" spans="1:9">
       <c r="C585" t="s">
-        <v>9</v>
+        <v>45</v>
       </c>
       <c r="D585" t="s">
-        <v>803</v>
-[...5 lines deleted...]
-        <v>802</v>
+        <v>799</v>
       </c>
       <c r="G585">
-        <v>9865746254</v>
+        <v>9868752884</v>
       </c>
       <c r="H585" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="586" spans="1:9">
-      <c r="C586" t="s">
-[...12 lines deleted...]
-        <v>758</v>
+      <c r="A586">
+        <v>79</v>
+      </c>
+      <c r="B586" t="s">
+        <v>800</v>
       </c>
     </row>
     <row r="587" spans="1:9">
       <c r="C587" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="D587" t="s">
-        <v>805</v>
+        <v>801</v>
       </c>
       <c r="E587">
-        <v>156067</v>
+        <v>201655</v>
+      </c>
+      <c r="F587" t="s">
+        <v>802</v>
       </c>
       <c r="G587">
-        <v>9858784468</v>
+        <v>9858784495</v>
       </c>
       <c r="H587" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="588" spans="1:9">
       <c r="C588" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="D588" t="s">
-        <v>806</v>
+        <v>803</v>
+      </c>
+      <c r="E588">
+        <v>150515</v>
+      </c>
+      <c r="F588" t="s">
+        <v>802</v>
       </c>
       <c r="G588">
-        <v>9848734483</v>
+        <v>9865746254</v>
       </c>
       <c r="H588" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="589" spans="1:9">
       <c r="C589" t="s">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="D589" t="s">
-        <v>807</v>
+        <v>804</v>
+      </c>
+      <c r="E589">
+        <v>249687</v>
       </c>
       <c r="G589">
-        <v>9867875683</v>
+        <v>9769909840</v>
       </c>
       <c r="H589" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="590" spans="1:9">
       <c r="C590" t="s">
-        <v>808</v>
+        <v>15</v>
       </c>
       <c r="D590" t="s">
-        <v>809</v>
+        <v>805</v>
+      </c>
+      <c r="E590">
+        <v>156067</v>
       </c>
       <c r="G590">
-        <v>9858777403</v>
+        <v>9858784468</v>
       </c>
       <c r="H590" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="591" spans="1:9">
       <c r="C591" t="s">
-        <v>810</v>
+        <v>12</v>
       </c>
       <c r="D591" t="s">
-        <v>811</v>
+        <v>806</v>
       </c>
       <c r="G591">
-        <v>9848985373</v>
+        <v>9848734483</v>
       </c>
       <c r="H591" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="592" spans="1:9">
       <c r="C592" t="s">
-        <v>810</v>
+        <v>12</v>
       </c>
       <c r="D592" t="s">
-        <v>812</v>
+        <v>807</v>
       </c>
       <c r="G592">
-        <v>9848766170</v>
+        <v>9867875683</v>
       </c>
       <c r="H592" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="593" spans="1:9">
       <c r="C593" t="s">
-        <v>810</v>
+        <v>808</v>
       </c>
       <c r="D593" t="s">
-        <v>813</v>
+        <v>809</v>
       </c>
       <c r="G593">
-        <v>9746243469</v>
+        <v>9858777403</v>
       </c>
       <c r="H593" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="594" spans="1:9">
-      <c r="A594">
-[...3 lines deleted...]
-        <v>814</v>
+      <c r="C594" t="s">
+        <v>810</v>
+      </c>
+      <c r="D594" t="s">
+        <v>811</v>
+      </c>
+      <c r="G594">
+        <v>9848985373</v>
+      </c>
+      <c r="H594" t="s">
+        <v>758</v>
       </c>
     </row>
     <row r="595" spans="1:9">
       <c r="C595" t="s">
-        <v>33</v>
+        <v>810</v>
       </c>
       <c r="D595" t="s">
-        <v>815</v>
-[...5 lines deleted...]
-        <v>817</v>
+        <v>812</v>
+      </c>
+      <c r="G595">
+        <v>9848766170</v>
       </c>
       <c r="H595" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="596" spans="1:9">
       <c r="C596" t="s">
-        <v>36</v>
+        <v>810</v>
       </c>
       <c r="D596" t="s">
-        <v>818</v>
-[...5 lines deleted...]
-        <v>816</v>
+        <v>813</v>
       </c>
       <c r="G596">
-        <v>9862987253</v>
+        <v>9746243469</v>
       </c>
       <c r="H596" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="597" spans="1:9">
-      <c r="C597" t="s">
-[...12 lines deleted...]
-        <v>758</v>
+      <c r="A597">
+        <v>80</v>
+      </c>
+      <c r="B597" t="s">
+        <v>814</v>
       </c>
     </row>
     <row r="598" spans="1:9">
       <c r="C598" t="s">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="D598" t="s">
-        <v>820</v>
-[...5 lines deleted...]
-        <v>9848739430</v>
+        <v>815</v>
+      </c>
+      <c r="F598" t="s">
+        <v>816</v>
+      </c>
+      <c r="G598" t="s">
+        <v>817</v>
       </c>
       <c r="H598" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="599" spans="1:9">
       <c r="C599" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="D599" t="s">
-        <v>821</v>
-[...2 lines deleted...]
-        <v>822</v>
+        <v>818</v>
+      </c>
+      <c r="E599">
+        <v>216177</v>
+      </c>
+      <c r="F599" t="s">
+        <v>816</v>
+      </c>
+      <c r="G599">
+        <v>9862987253</v>
       </c>
       <c r="H599" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="600" spans="1:9">
       <c r="C600" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="D600" t="s">
-        <v>823</v>
+        <v>819</v>
       </c>
       <c r="E600">
-        <v>214424</v>
+        <v>155428</v>
       </c>
       <c r="G600">
-        <v>9848809862</v>
+        <v>9868576602</v>
       </c>
       <c r="H600" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="601" spans="1:9">
-      <c r="A601">
-[...3 lines deleted...]
-        <v>824</v>
+      <c r="C601" t="s">
+        <v>12</v>
+      </c>
+      <c r="D601" t="s">
+        <v>820</v>
+      </c>
+      <c r="E601">
+        <v>231624</v>
+      </c>
+      <c r="G601">
+        <v>9848739430</v>
+      </c>
+      <c r="H601" t="s">
+        <v>758</v>
       </c>
     </row>
     <row r="602" spans="1:9">
       <c r="C602" t="s">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="D602" t="s">
-        <v>825</v>
-[...8 lines deleted...]
-        <v>9858421148</v>
+        <v>821</v>
+      </c>
+      <c r="G602" t="s">
+        <v>822</v>
       </c>
       <c r="H602" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="603" spans="1:9">
       <c r="C603" t="s">
-        <v>827</v>
+        <v>30</v>
       </c>
       <c r="D603" t="s">
-        <v>828</v>
+        <v>823</v>
       </c>
       <c r="E603">
-        <v>118247</v>
+        <v>214424</v>
       </c>
       <c r="G603">
-        <v>9868143980</v>
+        <v>9848809862</v>
       </c>
       <c r="H603" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="604" spans="1:9">
-      <c r="C604" t="s">
-[...15 lines deleted...]
-        <v>758</v>
+      <c r="A604">
+        <v>81</v>
+      </c>
+      <c r="B604" t="s">
+        <v>824</v>
       </c>
     </row>
     <row r="605" spans="1:9">
       <c r="C605" t="s">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="D605" t="s">
-        <v>831</v>
+        <v>825</v>
       </c>
       <c r="E605">
-        <v>199832</v>
+        <v>150515</v>
       </c>
       <c r="F605" t="s">
-        <v>830</v>
+        <v>826</v>
       </c>
       <c r="G605">
-        <v>9868446204</v>
+        <v>9858421148</v>
       </c>
       <c r="H605" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="606" spans="1:9">
       <c r="C606" t="s">
-        <v>12</v>
+        <v>827</v>
       </c>
       <c r="D606" t="s">
-        <v>423</v>
+        <v>828</v>
       </c>
       <c r="E606">
-        <v>202729</v>
-[...2 lines deleted...]
-        <v>830</v>
+        <v>118247</v>
       </c>
       <c r="G606">
-        <v>9848080822</v>
+        <v>9868143980</v>
       </c>
       <c r="H606" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="607" spans="1:9">
       <c r="C607" t="s">
-        <v>45</v>
+        <v>9</v>
       </c>
       <c r="D607" t="s">
-        <v>763</v>
+        <v>829</v>
       </c>
       <c r="E607">
-        <v>196836</v>
+        <v>217782</v>
+      </c>
+      <c r="F607" t="s">
+        <v>830</v>
       </c>
       <c r="G607">
-        <v>9858425832</v>
+        <v>9843940332</v>
       </c>
       <c r="H607" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="608" spans="1:9">
       <c r="C608" t="s">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="D608" t="s">
-        <v>832</v>
+        <v>831</v>
       </c>
       <c r="E608">
-        <v>205048</v>
+        <v>199832</v>
+      </c>
+      <c r="F608" t="s">
+        <v>830</v>
       </c>
       <c r="G608">
-        <v>9849470082</v>
+        <v>9868446204</v>
       </c>
       <c r="H608" t="s">
         <v>758</v>
       </c>
     </row>
     <row r="609" spans="1:9">
       <c r="C609" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="D609" t="s">
-        <v>833</v>
+        <v>423</v>
       </c>
       <c r="E609">
-        <v>208491</v>
+        <v>202729</v>
       </c>
       <c r="F609" t="s">
         <v>830</v>
       </c>
       <c r="G609">
+        <v>9848080822</v>
+      </c>
+      <c r="H609" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="610" spans="1:9">
+      <c r="C610" t="s">
+        <v>45</v>
+      </c>
+      <c r="D610" t="s">
+        <v>763</v>
+      </c>
+      <c r="E610">
+        <v>196836</v>
+      </c>
+      <c r="G610">
+        <v>9858425832</v>
+      </c>
+      <c r="H610" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="611" spans="1:9">
+      <c r="C611" t="s">
+        <v>45</v>
+      </c>
+      <c r="D611" t="s">
+        <v>832</v>
+      </c>
+      <c r="E611">
+        <v>205048</v>
+      </c>
+      <c r="G611">
+        <v>9849470082</v>
+      </c>
+      <c r="H611" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="612" spans="1:9">
+      <c r="C612" t="s">
+        <v>30</v>
+      </c>
+      <c r="D612" t="s">
+        <v>833</v>
+      </c>
+      <c r="E612">
+        <v>208491</v>
+      </c>
+      <c r="F612" t="s">
+        <v>830</v>
+      </c>
+      <c r="G612">
         <v>9848474014</v>
       </c>
-      <c r="H609" t="s">
+      <c r="H612" t="s">
         <v>758</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A2:A6"/>
     <mergeCell ref="B2:B6"/>
     <mergeCell ref="A7:A12"/>
     <mergeCell ref="B7:B12"/>
     <mergeCell ref="A13:A20"/>
     <mergeCell ref="B13:B20"/>
     <mergeCell ref="A21:A27"/>
     <mergeCell ref="B21:B27"/>
     <mergeCell ref="A28:A33"/>
     <mergeCell ref="B28:B33"/>
     <mergeCell ref="A34:A41"/>
     <mergeCell ref="B34:B41"/>
     <mergeCell ref="A42:A48"/>
     <mergeCell ref="B42:B48"/>
     <mergeCell ref="A49:A56"/>
     <mergeCell ref="B49:B56"/>
     <mergeCell ref="A57:A61"/>
     <mergeCell ref="B57:B61"/>
     <mergeCell ref="A62:A73"/>
@@ -12422,138 +12461,138 @@
     <mergeCell ref="B195:B202"/>
     <mergeCell ref="A203:A209"/>
     <mergeCell ref="B203:B209"/>
     <mergeCell ref="A210:A215"/>
     <mergeCell ref="B210:B215"/>
     <mergeCell ref="A216:A220"/>
     <mergeCell ref="B216:B220"/>
     <mergeCell ref="A221:A228"/>
     <mergeCell ref="B221:B228"/>
     <mergeCell ref="A229:A236"/>
     <mergeCell ref="B229:B236"/>
     <mergeCell ref="A237:A245"/>
     <mergeCell ref="B237:B245"/>
     <mergeCell ref="A246:A254"/>
     <mergeCell ref="B246:B254"/>
     <mergeCell ref="A255:A264"/>
     <mergeCell ref="B255:B264"/>
     <mergeCell ref="A265:A276"/>
     <mergeCell ref="B265:B276"/>
     <mergeCell ref="A277:A287"/>
     <mergeCell ref="B277:B287"/>
     <mergeCell ref="A288:A296"/>
     <mergeCell ref="B288:B296"/>
     <mergeCell ref="A297:A304"/>
     <mergeCell ref="B297:B304"/>
-    <mergeCell ref="A305:A312"/>
-[...86 lines deleted...]
-    <mergeCell ref="B601:B609"/>
+    <mergeCell ref="A305:A315"/>
+    <mergeCell ref="B305:B315"/>
+    <mergeCell ref="A316:A323"/>
+    <mergeCell ref="B316:B323"/>
+    <mergeCell ref="A324:A328"/>
+    <mergeCell ref="B324:B328"/>
+    <mergeCell ref="A329:A334"/>
+    <mergeCell ref="B329:B334"/>
+    <mergeCell ref="A335:A342"/>
+    <mergeCell ref="B335:B342"/>
+    <mergeCell ref="A343:A349"/>
+    <mergeCell ref="B343:B349"/>
+    <mergeCell ref="A350:A354"/>
+    <mergeCell ref="B350:B354"/>
+    <mergeCell ref="A355:A360"/>
+    <mergeCell ref="B355:B360"/>
+    <mergeCell ref="A361:A366"/>
+    <mergeCell ref="B361:B366"/>
+    <mergeCell ref="A367:A375"/>
+    <mergeCell ref="B367:B375"/>
+    <mergeCell ref="A376:A382"/>
+    <mergeCell ref="B376:B382"/>
+    <mergeCell ref="A383:A391"/>
+    <mergeCell ref="B383:B391"/>
+    <mergeCell ref="A392:A399"/>
+    <mergeCell ref="B392:B399"/>
+    <mergeCell ref="A400:A406"/>
+    <mergeCell ref="B400:B406"/>
+    <mergeCell ref="A407:A413"/>
+    <mergeCell ref="B407:B413"/>
+    <mergeCell ref="A414:A421"/>
+    <mergeCell ref="B414:B421"/>
+    <mergeCell ref="A422:A428"/>
+    <mergeCell ref="B422:B428"/>
+    <mergeCell ref="A429:A436"/>
+    <mergeCell ref="B429:B436"/>
+    <mergeCell ref="A437:A442"/>
+    <mergeCell ref="B437:B442"/>
+    <mergeCell ref="A443:A446"/>
+    <mergeCell ref="B443:B446"/>
+    <mergeCell ref="A447:A454"/>
+    <mergeCell ref="B447:B454"/>
+    <mergeCell ref="A455:A461"/>
+    <mergeCell ref="B455:B461"/>
+    <mergeCell ref="A462:A469"/>
+    <mergeCell ref="B462:B469"/>
+    <mergeCell ref="A470:A480"/>
+    <mergeCell ref="B470:B480"/>
+    <mergeCell ref="A481:A487"/>
+    <mergeCell ref="B481:B487"/>
+    <mergeCell ref="A488:A493"/>
+    <mergeCell ref="B488:B493"/>
+    <mergeCell ref="A494:A500"/>
+    <mergeCell ref="B494:B500"/>
+    <mergeCell ref="A501:A506"/>
+    <mergeCell ref="B501:B506"/>
+    <mergeCell ref="A507:A513"/>
+    <mergeCell ref="B507:B513"/>
+    <mergeCell ref="A514:A516"/>
+    <mergeCell ref="B514:B516"/>
+    <mergeCell ref="A517:A521"/>
+    <mergeCell ref="B517:B521"/>
+    <mergeCell ref="A522:A527"/>
+    <mergeCell ref="B522:B527"/>
+    <mergeCell ref="A528:A532"/>
+    <mergeCell ref="B528:B532"/>
+    <mergeCell ref="A533:A539"/>
+    <mergeCell ref="B533:B539"/>
+    <mergeCell ref="A540:A550"/>
+    <mergeCell ref="B540:B550"/>
+    <mergeCell ref="A551:A554"/>
+    <mergeCell ref="B551:B554"/>
+    <mergeCell ref="A555:A560"/>
+    <mergeCell ref="B555:B560"/>
+    <mergeCell ref="A561:A567"/>
+    <mergeCell ref="B561:B567"/>
+    <mergeCell ref="A568:A573"/>
+    <mergeCell ref="B568:B573"/>
+    <mergeCell ref="A574:A579"/>
+    <mergeCell ref="B574:B579"/>
+    <mergeCell ref="A580:A585"/>
+    <mergeCell ref="B580:B585"/>
+    <mergeCell ref="A586:A596"/>
+    <mergeCell ref="B586:B596"/>
+    <mergeCell ref="A597:A603"/>
+    <mergeCell ref="B597:B603"/>
+    <mergeCell ref="A604:A612"/>
+    <mergeCell ref="B604:B612"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>